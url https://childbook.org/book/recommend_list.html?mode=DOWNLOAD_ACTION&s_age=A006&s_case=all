--- v0 (2025-12-14)
+++ v1 (2026-02-20)
@@ -1326,51 +1326,51 @@
     <t>꼴찌 축구단 축구왕 되다</t>
   </si>
   <si>
     <t>크리스티안 틸만 글 | 한스-유르겐 펠트하우스 그림 | 도복선 옮김</t>
   </si>
   <si>
     <t>친구, 시합, 응원, 싸움, 화해</t>
   </si>
   <si>
     <t>꽃 속에 마음 담은 우리 옛그림</t>
   </si>
   <si>
     <t>이소영 지음</t>
   </si>
   <si>
     <t>미술,
 목록속목록:자연</t>
   </si>
   <si>
     <t>꽃신</t>
   </si>
   <si>
     <t>김소연 글 | 김동성 그림</t>
   </si>
   <si>
-    <t>파랑새</t>
+    <t>주니어파랑새</t>
   </si>
   <si>
     <t>역사동화, 중편, 조선시대, 용기, 개척</t>
   </si>
   <si>
     <t>꽃씨 할아버지 우장춘</t>
   </si>
   <si>
     <t>정종목 글 ㅣ김명길 그림</t>
   </si>
   <si>
     <t>232쪽</t>
   </si>
   <si>
     <t>인물, 농학박사, 육종학, 관동대학살, 수경재배, 배추</t>
   </si>
   <si>
     <t>꿀벌 마야의 모험</t>
   </si>
   <si>
     <t>발데마르 본젤스 글 | 프란치스카 생켈 그림 | 박민수 옮김</t>
   </si>
   <si>
     <t>260쪽</t>
   </si>
@@ -1849,50 +1849,66 @@
   <si>
     <t>내가 진짜 기자야</t>
   </si>
   <si>
     <t>김해우 글 | 민경숙 그림</t>
   </si>
   <si>
     <t>163쪽</t>
   </si>
   <si>
     <t>신문 동아리, 신문기사, 직업, 정의</t>
   </si>
   <si>
     <t>내일, 날다</t>
   </si>
   <si>
     <t>쓰카다 스미에 글 | 신야 유코 그림 | 김영주 옮김</t>
   </si>
   <si>
     <t>머스트비</t>
   </si>
   <si>
     <t>왕나비, 편지, 위로, 별모양, 팔찌, 슬픔</t>
   </si>
   <si>
+    <t>내일은 달콤한 기분</t>
+  </si>
+  <si>
+    <t>김혜정 글 | 무디 그림</t>
+  </si>
+  <si>
+    <t>다산어린이</t>
+  </si>
+  <si>
+    <t>180쪽</t>
+  </si>
+  <si>
+    <t>마카오, 친구, 여행, 계획, 아르바이트
+2014동화동무씨동무</t>
+  </si>
+  <si>
     <t>내일을 바꾸는 작지만 확실한 행동</t>
   </si>
   <si>
     <t>시릴 디옹, 피에르 라비 글│코스튐 트루아 피에스 그림│권지현 옮김</t>
   </si>
   <si>
     <t>한울림어린이</t>
   </si>
   <si>
     <t>72쪽</t>
   </si>
   <si>
     <t>환경 오염, 지속가능한 미래, 지구온난화, 환경 보호</t>
   </si>
   <si>
     <t>너도 하늘말나리야</t>
   </si>
   <si>
     <t>이금이 글 | 해마 그림</t>
   </si>
   <si>
     <t>밤티</t>
   </si>
   <si>
     <t>이사, 조손가정, 친구, 전학, 한부모가정, 위로, 상처</t>
@@ -2206,53 +2222,50 @@
   <si>
     <t>96쪽</t>
   </si>
   <si>
     <t>동물, 거대동물, 바다, 고래잡이, 생태, 포경선, 멸종,</t>
   </si>
   <si>
     <t>대장간 골목</t>
   </si>
   <si>
     <t>바츨라프 르제자치 글 | 김중석 그림 | 김경옥 옮김</t>
   </si>
   <si>
     <t>244쪽</t>
   </si>
   <si>
     <t>외상값, 가난, 정직, 연대, 이웃, 편지</t>
   </si>
   <si>
     <t>댕기머리 탐정 김영서</t>
   </si>
   <si>
     <t>정은숙 글 | 이영림 그림</t>
   </si>
   <si>
-    <t>180쪽</t>
-[...1 lines deleted...]
-  <si>
     <t>일제강점기, 추리, 범인, 아버지, 꿈(희망),
 2014동화동무씨동무</t>
   </si>
   <si>
     <t>댕댕이 할멈 바위</t>
   </si>
   <si>
     <t>손동인, 이준연, 최인학 엮음</t>
   </si>
   <si>
     <t>도끼장군</t>
   </si>
   <si>
     <t>리원우 글 | 이경석 그림</t>
   </si>
   <si>
     <t>북한, 영웅, 전쟁, 왜군, 전설,
 2017동화동무씨동무</t>
   </si>
   <si>
     <t>도서관을 훔친 아이</t>
   </si>
   <si>
     <t>알프레도 고메스 세르다 글 | 클로이 그림 | 김정하 옮김</t>
   </si>
@@ -2583,57 +2596,57 @@
   <si>
     <t>소비자, 제품, 가격, 경제 현상, 시장놀이, 경제 용어</t>
   </si>
   <si>
     <t>로널드는 화요일에 떠났다</t>
   </si>
   <si>
     <t>제인 레슬리 콘리 글 | 김종민 그림 | 이승숙 옮김</t>
   </si>
   <si>
     <t>이웃, 엄마, 바자회, 선입견, 지적장애, 사회복지</t>
   </si>
   <si>
     <t>로봇&amp;드론 - 현실이 된 상상</t>
   </si>
   <si>
     <t>마가렛 스캇 글 | 제이콥 섀벗 그림 | 김의석 옮김</t>
   </si>
   <si>
     <t>인공지능, 로봇, 드론, 만화</t>
   </si>
   <si>
     <t>로봇의 별 1-3</t>
   </si>
   <si>
-    <t>이현 글 | 오승민 그림</t>
-[...5 lines deleted...]
-    <t>1, 3권 11,000 2권 13,000원</t>
+    <t>이현 글 | 해랑 그림</t>
+  </si>
+  <si>
+    <t>236 내외쪽</t>
+  </si>
+  <si>
+    <t>각 13,800원</t>
   </si>
   <si>
     <t>SF, 인공지능로봇, 저항, 자유, 모험, 권리
 목록속목록:우주</t>
   </si>
   <si>
     <t>롤라와 나</t>
   </si>
   <si>
     <t>키아라 발렌티나 세그레 글｜파올로 도메니코니 그림｜길상효 옮김</t>
   </si>
   <si>
     <t>친구, 안내견, 장애, 관계, 사랑</t>
   </si>
   <si>
     <t>루브르 박물관에 가자</t>
   </si>
   <si>
     <t>장우진 글, 그림 | 김현수 사진</t>
   </si>
   <si>
     <t>마로니에북스</t>
   </si>
   <si>
     <t>박물관</t>
@@ -3237,51 +3250,51 @@
   <si>
     <t>14,000,  12,000원</t>
   </si>
   <si>
     <t>한국사, 익산왕궁리유적, 고조선8조법, 코레아, 팔관회, 금속활자</t>
   </si>
   <si>
     <t>문화재 이름도 모르면서</t>
   </si>
   <si>
     <t>이재정 글</t>
   </si>
   <si>
     <t>나는책</t>
   </si>
   <si>
     <t>문화재, 도자기, 불상, 활자, 궁궐, 문화재 이름, 생활사</t>
   </si>
   <si>
     <t>물 한 방울</t>
   </si>
   <si>
     <t>월터 윅 글, 사진 | 박정선 옮김</t>
   </si>
   <si>
-    <t>소년한길</t>
+    <t>한길사</t>
   </si>
   <si>
     <t>물(액체), 사진그림책</t>
   </si>
   <si>
     <t>물고기 소녀의 비밀</t>
   </si>
   <si>
     <t>노바 위트먼 글 | 김소정 옮김</t>
   </si>
   <si>
     <t>새친구, 적응, 편지, 엄마</t>
   </si>
   <si>
     <t>물고기랑 놀자!</t>
   </si>
   <si>
     <t>이완옥 글 | 성인권 그림</t>
   </si>
   <si>
     <t>민물고기, 관찰, 세밀화</t>
   </si>
   <si>
     <t>미나마타의 붉은 바다</t>
   </si>
@@ -4317,53 +4330,50 @@
     <t>노란돼지</t>
   </si>
   <si>
     <t>19,000원</t>
   </si>
   <si>
     <t>세계사, 그림책, 염료, 울트라마린, 코치닐, 샤프란, 고흐</t>
   </si>
   <si>
     <t>샘마을 몽당깨비</t>
   </si>
   <si>
     <t>황선미 글 | 김성민 그림</t>
   </si>
   <si>
     <t>도깨비, 자연, 은행나무, 벌(잘못), 후손,
 2015동화동무씨동무</t>
   </si>
   <si>
     <t>생리를 시작한 너에게 - 소녀들을 위한 솔직하고 유쾌한 생리 안내서</t>
   </si>
   <si>
     <t>유미 스타인스, 멜리사 캉 글 | 제니 래섬 그림 | 김선희 옮김</t>
   </si>
   <si>
-    <t>다산어린이</t>
-[...1 lines deleted...]
-  <si>
     <t>174쪽</t>
   </si>
   <si>
     <t>성(몸), 생리, 사춘기, 생리대, 우리몸
 목록속목록:성</t>
   </si>
   <si>
     <t>생물이 사라진 섬</t>
   </si>
   <si>
     <t>다가와 히데오 글 | 마츠오카 다츠히데 그림 | 양선하 옮김</t>
   </si>
   <si>
     <t>생물, 생태, 그림책, 화산섬</t>
   </si>
   <si>
     <t>샤오뿌, 어디 가니</t>
   </si>
   <si>
     <t>쑨여우쥔 글 | 남해선 옮김</t>
   </si>
   <si>
     <t>264쪽</t>
   </si>
   <si>
@@ -4487,53 +4497,50 @@
   <si>
     <t>킴 차카네차 글 | 마요와 알라비 그림 | 박미준 옮김 | 허성용 감수</t>
   </si>
   <si>
     <t>원더박스</t>
   </si>
   <si>
     <t>실리콘사바나, 피라미드, 넬슨만델라, 산악고릴라, 루시</t>
   </si>
   <si>
     <t>세계와 만난 우리 역사</t>
   </si>
   <si>
     <t>정수일, 박미란 글  |  김진화 그림</t>
   </si>
   <si>
     <t>한국사, 교류사, 석굴암, 고인돌, 금관, 금동대향로</t>
   </si>
   <si>
     <t>세상 끝에 있는 너에게</t>
   </si>
   <si>
     <t>고티에 다비드, 마리 꼬드리 글, 그림 | 이경혜 옮김</t>
   </si>
   <si>
-    <t>모래알</t>
-[...1 lines deleted...]
-  <si>
     <t>곰(동물), 새(동물), 친구, 편지, 만남, 여행, 그리움</t>
   </si>
   <si>
     <t>세상 밖으로 날아간 수학</t>
   </si>
   <si>
     <t>이시하라 기요타카 글 | 사와다 토시키 그림 | 김이경 옮김</t>
   </si>
   <si>
     <t>190쪽</t>
   </si>
   <si>
     <t>수학, 수(숫자), 연산, 면적, 도형, 동화</t>
   </si>
   <si>
     <t>세상에서 가장 아름다운</t>
   </si>
   <si>
     <t>캐롤 린치 윌리암스 글 | 조성흠 그림 | 이윤선 옮김</t>
   </si>
   <si>
     <t>친구, 희귀병, 놀림, 우정</t>
   </si>
   <si>
     <t>세상에서 가장 아름다운 곳</t>
@@ -4734,90 +4741,90 @@
   <si>
     <t>숨을 참는 아이</t>
   </si>
   <si>
     <t>뱅상 자뷔스 글 | 이폴리트 그림 | 김현아 옮김</t>
   </si>
   <si>
     <t>성장, 치유, 가족, 강박</t>
   </si>
   <si>
     <t>숫자로 보는 세상 - 나의 우주</t>
   </si>
   <si>
     <t>조대연 글 | 강무선 그림 | 고의관 감수</t>
   </si>
   <si>
     <t>우주, 수(숫자), 은하, 별(천체)</t>
   </si>
   <si>
     <t>숲에서 보낸 마법 같은 하루</t>
   </si>
   <si>
     <t>베아트리체 알레마냐 글, 그림 | 이세진 옮김</t>
   </si>
   <si>
-    <t>미디어창비</t>
-[...1 lines deleted...]
-  <si>
     <t>엄마, 자연, 모험, 치유, 주황</t>
   </si>
   <si>
     <t>숲의 아이 윌라</t>
   </si>
   <si>
     <t>로버트 비티 글 | 황세림 옮김</t>
   </si>
   <si>
     <t>판타지, 마법, 자연, 가족, 사랑</t>
   </si>
   <si>
     <t>슈퍼 영웅 소녀 블로세</t>
   </si>
   <si>
     <t>호콘 외브레오스 글 | 외위빈 토르세테르 그림 | 손화수 옮김</t>
   </si>
   <si>
     <t>양계장, 비리, 쌍둥이, 오두막, 비밀, 서명</t>
   </si>
   <si>
     <t>슝 달리는 전자 흐르는 전기</t>
   </si>
   <si>
     <t>곽영직 글 | 서현 그림</t>
   </si>
   <si>
     <t>108쪽</t>
   </si>
   <si>
     <t>전기, 물리</t>
   </si>
   <si>
     <t>스갱 아저씨의 염소</t>
   </si>
   <si>
     <t>알퐁스 도데 글 | 에릭 바튀 그림 | 강희진 옮김</t>
+  </si>
+  <si>
+    <t>파랑새</t>
   </si>
   <si>
     <t>늑대, 자유, 도전, 동화원작</t>
   </si>
   <si>
     <t>스냅드래곤</t>
   </si>
   <si>
     <t>캣 레이 글, 그림 | 심연희 옮김</t>
   </si>
   <si>
     <t>마법, 사랑, 성장, 우정, 가족</t>
   </si>
   <si>
     <t>스티브 잡스 : 이게 바로 미래야!</t>
   </si>
   <si>
     <t>제시 하틀랜드 글, 그림 ㅣ 피노 옮김</t>
   </si>
   <si>
     <t>인물, 애플, 디자인, 실리콘밸리, 혁신, 아이디어</t>
   </si>
   <si>
     <t>승정원일기</t>
   </si>
@@ -6168,60 +6175,50 @@
     <t>우리는 돈 벌러 갑니다</t>
   </si>
   <si>
     <t>진형민 글 | 주성희 그림</t>
   </si>
   <si>
     <t>153쪽</t>
   </si>
   <si>
     <t>치킨, 불평등, 고민, 빈병, 전단지, 공연표,
 2018동화동무씨동무</t>
   </si>
   <si>
     <t>우리는 지금 모험중</t>
   </si>
   <si>
     <t>이도이아 이리베르테기 글, 그림 | 성초림 옮김 | 손경이 감수</t>
   </si>
   <si>
     <t>키다리</t>
   </si>
   <si>
     <t>우리몸, 생리대, 생식기, 신체변화, 감정변화, 탐폰,</t>
   </si>
   <si>
-    <t>우리들의 에그타르트</t>
-[...8 lines deleted...]
-  <si>
     <t>우리들의 오소리</t>
   </si>
   <si>
     <t>앤서니 맥고완 글 | 안지원 옮김</t>
   </si>
   <si>
     <t>숲, 사냥, 형제, 장애, 생명존중</t>
   </si>
   <si>
     <t>우리들이 개를 지키려는 이유</t>
   </si>
   <si>
     <t>문경민 글</t>
   </si>
   <si>
     <t>들개, 시합, 삼총사, 동물병원,</t>
   </si>
   <si>
     <t>우주는 어떻게 생겼을까?</t>
   </si>
   <si>
     <t>가코 사토시 글, 그림 | 고연정 옮김</t>
   </si>
   <si>
     <t>청어람미디어</t>
@@ -6601,54 +6598,54 @@
   <si>
     <t>단편집, 동물권, 딱따구리, 진돗개, 생명존중</t>
   </si>
   <si>
     <t>자질구레 신문</t>
   </si>
   <si>
     <t>김현수 글 | 홍선주 그림</t>
   </si>
   <si>
     <t>단편집, 동네, 기자, 공동체, 재개발</t>
   </si>
   <si>
     <t>작은 사람</t>
   </si>
   <si>
     <t>레이먼드 브릭스 글, 그림 | 이지원 옮김</t>
   </si>
   <si>
     <t>풍자, 철학, 손님, 이방인, 채식주의, 무례함, 만화형식</t>
   </si>
   <si>
     <t>작은 책방</t>
   </si>
   <si>
-    <t>엘리너 파전 글 | 에드워드 아디존 그림 | 햇살과나무꾼 옮김</t>
-[...2 lines deleted...]
-    <t>359쪽</t>
+    <t>엘리너 파전 글 | 에드워드 아디존 그림 | 이도우 옮김</t>
+  </si>
+  <si>
+    <t>수박설탕</t>
   </si>
   <si>
     <t>단편집, 모험, 환상, 마법, 공주, 왕(임금), 신비</t>
   </si>
   <si>
     <t>작전명 말모이, 한글을 지킨 사람들</t>
   </si>
   <si>
     <t>김일옥 글 | 김옥재 그림</t>
   </si>
   <si>
     <t>스푼북</t>
   </si>
   <si>
     <t>조선어학회, 조선말 큰사전, 한글맞춤법 통일안, 이극로, 정세권, 함흥,</t>
   </si>
   <si>
     <t>잔디숲 속의 이쁜이 1-2</t>
   </si>
   <si>
     <t>이원수 글 | 이상권 그림</t>
   </si>
   <si>
     <t>203, 199쪽</t>
   </si>
@@ -6913,51 +6910,51 @@
   <si>
     <t>역사동화, 이규보, 동명왕, 고구려, 해모수, 하백, 활(무기)</t>
   </si>
   <si>
     <t>주문이 많은 요리점</t>
   </si>
   <si>
     <t>미야자와 겐지 글 | 이가경 그림 | 민영 옮김</t>
   </si>
   <si>
     <t>단편집, 사냥꾼, 수수께끼, 까마귀, 풍자</t>
   </si>
   <si>
     <t>주인공이 무어, 따로 있나</t>
   </si>
   <si>
     <t>서정홍 시｜정가애 그림</t>
   </si>
   <si>
     <t>죽지 마, 무당벌레야!</t>
   </si>
   <si>
     <t>이환희, 임정진 글 | 에스더 그림</t>
   </si>
   <si>
-    <t>명진출판</t>
+    <t>명진출판사</t>
   </si>
   <si>
     <t>무당벌레, 곤충, 관찰일기</t>
   </si>
   <si>
     <t>준비됐니?</t>
   </si>
   <si>
     <t>수잰 러플러 글 | 김옥수 옮김</t>
   </si>
   <si>
     <t>304쪽</t>
   </si>
   <si>
     <t>할머니, 친구, 상실, 아픔, 원망, 가족</t>
   </si>
   <si>
     <t>줄리와 늑대</t>
   </si>
   <si>
     <t>진 크레이그헤드 조지 글 | 작은우주 옮김</t>
   </si>
   <si>
     <t>가나출판사</t>
   </si>
@@ -7677,54 +7674,57 @@
   <si>
     <t>인물, 노벨평화상, 흑인참정권, 비폭력무저항, 몽고메리, 워싱턴 평화행진</t>
   </si>
   <si>
     <t>포니</t>
   </si>
   <si>
     <t>R. J. 팔라시오 글 | 천미나 옮김</t>
   </si>
   <si>
     <t>말(동물), 유령, 보안관, 친절, 서부개척시대, 사진, 인연</t>
   </si>
   <si>
     <t>폭죽소리</t>
   </si>
   <si>
     <t>리혜선 글 | 이담, 김근희 그림</t>
   </si>
   <si>
     <t>쥐불놀이, 조선족, 연변, 역사, 가난, 저고리, 성장, 극복</t>
   </si>
   <si>
     <t>푸른 개 장발</t>
   </si>
   <si>
-    <t>황선미 글</t>
-[...2 lines deleted...]
-    <t>개장수, 고양이, 노인, 겨울, 화해,
+    <t>황선미 글 | 장선환 그림</t>
+  </si>
+  <si>
+    <t>아이봄</t>
+  </si>
+  <si>
+    <t>개장수, 고양이, 노인, 겨울, 화해
 목록:동물이야기</t>
   </si>
   <si>
     <t>푸른 사자 와니니</t>
   </si>
   <si>
     <t>이현 글 | 오윤화 그림</t>
   </si>
   <si>
     <t>215쪽</t>
   </si>
   <si>
     <t>떠돌이, 초원, 무리, 아프리카, 도전, 극복, 성장,
 2017동화동무씨동무</t>
   </si>
   <si>
     <t>풀꽃 아저씨가 들려주는 우리 풀꽃 이야기</t>
   </si>
   <si>
     <t>김영철 글 | 이승원, 박동호 그림</t>
   </si>
   <si>
     <t>세밀화, 풀꽃, 야생화, 잡초, 식물</t>
   </si>
   <si>
@@ -12527,16639 +12527,16639 @@
       </c>
       <c r="F138" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H138" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I138" s="1" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="1" t="s">
         <v>605</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>606</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>607</v>
       </c>
       <c r="D139" s="1">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>608</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>28</v>
+        <v>185</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="1" t="s">
         <v>610</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>611</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>612</v>
       </c>
       <c r="D140" s="1">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>295</v>
+        <v>613</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>546</v>
+        <v>28</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>11</v>
+        <v>617</v>
       </c>
       <c r="D141" s="1">
-        <v>2001</v>
+        <v>2021</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>212</v>
+        <v>47</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>351</v>
+        <v>546</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>213</v>
+        <v>618</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="1" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D142" s="1">
-        <v>2024</v>
+        <v>2001</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>363</v>
+        <v>299</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>47</v>
+        <v>212</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>48</v>
+        <v>351</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>618</v>
+        <v>213</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" s="1" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D143" s="1">
         <v>2024</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>621</v>
+        <v>363</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>200</v>
+        <v>47</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>396</v>
+        <v>48</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>237</v>
+        <v>11</v>
       </c>
       <c r="D144" s="1">
-        <v>2003</v>
+        <v>2024</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>229</v>
+        <v>626</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>221</v>
+        <v>396</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" s="1" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>167</v>
+        <v>237</v>
       </c>
       <c r="D145" s="1">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>102</v>
+        <v>229</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>97</v>
+        <v>221</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" s="1" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>107</v>
+        <v>167</v>
       </c>
       <c r="D146" s="1">
-        <v>2015</v>
+        <v>1999</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>33</v>
+        <v>102</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>72</v>
+        <v>97</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="1" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>11</v>
+        <v>107</v>
       </c>
       <c r="D147" s="1">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>404</v>
+        <v>33</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>212</v>
+        <v>47</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>113</v>
+        <v>72</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>213</v>
+        <v>636</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="1" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>176</v>
+        <v>11</v>
       </c>
       <c r="D148" s="1">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>271</v>
+        <v>404</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>14</v>
+        <v>212</v>
       </c>
       <c r="H148" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>636</v>
+        <v>213</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="1" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>639</v>
+        <v>176</v>
       </c>
       <c r="D149" s="1">
         <v>2015</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>46</v>
+        <v>271</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D150" s="1">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>190</v>
+        <v>46</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="H150" s="1" t="s">
-        <v>508</v>
+        <v>48</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>355</v>
+        <v>648</v>
       </c>
       <c r="D151" s="1">
-        <v>2018</v>
+        <v>2003</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>647</v>
+        <v>190</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>97</v>
+        <v>508</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>651</v>
+        <v>355</v>
       </c>
       <c r="D152" s="1">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>229</v>
+        <v>652</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>258</v>
+        <v>656</v>
       </c>
       <c r="D153" s="1">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>319</v>
+        <v>229</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>60</v>
+        <v>113</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="1" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>323</v>
+        <v>258</v>
       </c>
       <c r="D154" s="1">
-        <v>2001</v>
+        <v>2017</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>20</v>
+        <v>319</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" s="1" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>126</v>
+        <v>323</v>
       </c>
       <c r="D155" s="1">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>661</v>
+        <v>20</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>155</v>
+        <v>48</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>665</v>
+        <v>126</v>
       </c>
       <c r="D156" s="1">
-        <v>2020</v>
+        <v>2006</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>102</v>
+        <v>666</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>113</v>
+        <v>155</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>345</v>
+        <v>670</v>
       </c>
       <c r="D157" s="1">
-        <v>2007</v>
+        <v>2020</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>669</v>
+        <v>102</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>673</v>
+        <v>345</v>
       </c>
       <c r="D158" s="1">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>46</v>
+        <v>674</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>126</v>
+        <v>678</v>
       </c>
       <c r="D159" s="1">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>141</v>
+        <v>46</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" s="1" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D160" s="1">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>84</v>
+        <v>141</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>680</v>
+        <v>103</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>684</v>
+        <v>126</v>
       </c>
       <c r="D161" s="1">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="E161" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H161" s="1" t="s">
         <v>685</v>
-      </c>
-[...7 lines deleted...]
-        <v>118</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" s="1" t="s">
         <v>687</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>688</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>11</v>
+        <v>689</v>
       </c>
       <c r="D162" s="1">
         <v>2008</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>41</v>
+        <v>118</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>294</v>
+        <v>11</v>
       </c>
       <c r="D163" s="1">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>190</v>
+        <v>694</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>78</v>
+        <v>40</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" s="1" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>696</v>
+        <v>294</v>
       </c>
       <c r="D164" s="1">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>267</v>
+        <v>190</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>355</v>
+        <v>701</v>
       </c>
       <c r="D165" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>700</v>
+        <v>267</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>508</v>
+        <v>48</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>126</v>
+        <v>355</v>
       </c>
       <c r="D166" s="1">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>60</v>
+        <v>508</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" s="1" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>11</v>
+        <v>126</v>
       </c>
       <c r="D167" s="1">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
       <c r="D168" s="1">
-        <v>2006</v>
+        <v>2018</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>53</v>
+        <v>713</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" s="1" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>673</v>
+        <v>95</v>
       </c>
       <c r="D169" s="1">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>715</v>
+        <v>53</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>696</v>
+        <v>678</v>
       </c>
       <c r="D170" s="1">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>40</v>
+        <v>66</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>41</v>
+        <v>79</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>367</v>
+        <v>701</v>
       </c>
       <c r="D171" s="1">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>126</v>
+        <v>367</v>
       </c>
       <c r="D172" s="1">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>387</v>
+        <v>608</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>195</v>
+        <v>47</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="I172" s="1"/>
+        <v>60</v>
+      </c>
+      <c r="I172" s="1" t="s">
+        <v>728</v>
+      </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" s="1" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>673</v>
+        <v>126</v>
       </c>
       <c r="D173" s="1">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>84</v>
+        <v>387</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>47</v>
+        <v>195</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>221</v>
+      </c>
+      <c r="I173" s="1"/>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>732</v>
+        <v>678</v>
       </c>
       <c r="D174" s="1">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>363</v>
+        <v>84</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>72</v>
+        <v>97</v>
       </c>
       <c r="I174" s="1" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" s="1" t="s">
         <v>734</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>735</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>11</v>
+        <v>736</v>
       </c>
       <c r="D175" s="1">
-        <v>2001</v>
+        <v>2018</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>736</v>
+        <v>363</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>300</v>
+        <v>72</v>
       </c>
       <c r="I175" s="1" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="1" t="s">
         <v>738</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>739</v>
       </c>
       <c r="C176" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D176" s="1">
+        <v>2001</v>
+      </c>
+      <c r="E176" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="D176" s="1">
-[...2 lines deleted...]
-      <c r="E176" s="1" t="s">
+      <c r="F176" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H176" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="I176" s="1" t="s">
         <v>741</v>
-      </c>
-[...10 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="B177" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="C177" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="C177" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D177" s="1">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>27</v>
+        <v>200</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>155</v>
+        <v>413</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>345</v>
+        <v>126</v>
       </c>
       <c r="D178" s="1">
         <v>2000</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>229</v>
+        <v>740</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>118</v>
+        <v>155</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>107</v>
+        <v>345</v>
       </c>
       <c r="D179" s="1">
-        <v>2014</v>
+        <v>2000</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>751</v>
+        <v>229</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>72</v>
+        <v>118</v>
       </c>
       <c r="I179" s="1" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="1" t="s">
         <v>753</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>754</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>355</v>
+        <v>107</v>
       </c>
       <c r="D180" s="1">
-        <v>2003</v>
+        <v>2014</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>755</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="H180" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="I180" s="1" t="s">
         <v>756</v>
-      </c>
-[...1 lines deleted...]
-        <v>757</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="B181" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="C181" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D181" s="1">
+        <v>2003</v>
+      </c>
+      <c r="E181" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="C181" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F181" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>482</v>
+        <v>78</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>48</v>
+        <v>760</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>763</v>
+        <v>349</v>
       </c>
       <c r="D182" s="1">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>185</v>
+        <v>48</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="1" t="s">
         <v>765</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>766</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>284</v>
+        <v>767</v>
       </c>
       <c r="D183" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>719</v>
+        <v>65</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>40</v>
+        <v>482</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>60</v>
+        <v>185</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>167</v>
+        <v>284</v>
       </c>
       <c r="D184" s="1">
-        <v>2003</v>
+        <v>2017</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>770</v>
+        <v>724</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="I184" s="1" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="1" t="s">
         <v>772</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>773</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>126</v>
+        <v>167</v>
       </c>
       <c r="D185" s="1">
-        <v>2024</v>
+        <v>2003</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>478</v>
+        <v>774</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>78</v>
+        <v>54</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>486</v>
+        <v>21</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>371</v>
+        <v>126</v>
       </c>
       <c r="D186" s="1">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>777</v>
+        <v>478</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>14</v>
+        <v>78</v>
       </c>
       <c r="H186" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="I186" s="1" t="s">
         <v>778</v>
-      </c>
-[...1 lines deleted...]
-        <v>779</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="B187" s="1" t="s">
         <v>780</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="C187" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D187" s="1">
+        <v>2016</v>
+      </c>
+      <c r="E187" s="1" t="s">
         <v>781</v>
       </c>
-      <c r="C187" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F187" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>351</v>
+        <v>782</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>785</v>
+        <v>122</v>
       </c>
       <c r="D188" s="1">
-        <v>2019</v>
+        <v>2006</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>387</v>
+        <v>319</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>21</v>
+        <v>351</v>
       </c>
       <c r="I188" s="1" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="1" t="s">
         <v>787</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>788</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>789</v>
       </c>
       <c r="D189" s="1">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>102</v>
+        <v>387</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>54</v>
+        <v>200</v>
       </c>
       <c r="H189" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I189" s="1" t="s">
         <v>790</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="B190" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="C190" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="C190" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D190" s="1">
-        <v>2008</v>
+        <v>2024</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>190</v>
+        <v>102</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>48</v>
+        <v>794</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>149</v>
+        <v>122</v>
       </c>
       <c r="D191" s="1">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>608</v>
+        <v>190</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>800</v>
+        <v>149</v>
       </c>
       <c r="D192" s="1">
-        <v>2002</v>
+        <v>2020</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>190</v>
+        <v>613</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" s="1" t="s">
         <v>802</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>803</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>11</v>
+        <v>804</v>
       </c>
       <c r="D193" s="1">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>90</v>
+        <v>190</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="H193" s="1" t="s">
         <v>118</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>607</v>
+        <v>11</v>
       </c>
       <c r="D194" s="1">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>190</v>
+        <v>90</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>185</v>
+        <v>118</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>11</v>
+        <v>612</v>
       </c>
       <c r="D195" s="1">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>810</v>
+        <v>190</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>300</v>
+        <v>185</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" s="1" t="s">
         <v>812</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>813</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>237</v>
+        <v>11</v>
       </c>
       <c r="D196" s="1">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>387</v>
+        <v>814</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>118</v>
+        <v>300</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>11</v>
+        <v>237</v>
       </c>
       <c r="D197" s="1">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>437</v>
+        <v>387</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>48</v>
+        <v>118</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" s="1" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D198" s="1">
-        <v>1990</v>
+        <v>2002</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>820</v>
+        <v>437</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>290</v>
+        <v>48</v>
       </c>
       <c r="I198" s="1" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" s="1" t="s">
         <v>822</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>823</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>304</v>
+        <v>11</v>
       </c>
       <c r="D199" s="1">
-        <v>2013</v>
+        <v>1990</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>39</v>
+        <v>824</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>118</v>
+        <v>290</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" s="1" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>126</v>
+        <v>304</v>
       </c>
       <c r="D200" s="1">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>704</v>
+        <v>39</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>212</v>
+        <v>47</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>213</v>
+        <v>828</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" s="1" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>829</v>
+        <v>126</v>
       </c>
       <c r="D201" s="1">
-        <v>1993</v>
+        <v>2019</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>267</v>
+        <v>709</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>27</v>
+        <v>212</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>559</v>
+        <v>113</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>830</v>
+        <v>213</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" s="1" t="s">
         <v>831</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>832</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>107</v>
+        <v>833</v>
       </c>
       <c r="D202" s="1">
-        <v>2016</v>
+        <v>1993</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>154</v>
+        <v>267</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>195</v>
+        <v>27</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="I202" s="1"/>
+        <v>559</v>
+      </c>
+      <c r="I202" s="1" t="s">
+        <v>834</v>
+      </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" s="1" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>355</v>
+        <v>107</v>
       </c>
       <c r="D203" s="1">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>689</v>
+        <v>154</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>40</v>
+        <v>195</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="I203" s="1"/>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>167</v>
+        <v>355</v>
       </c>
       <c r="D204" s="1">
-        <v>2002</v>
+        <v>2020</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>838</v>
+        <v>694</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>78</v>
+        <v>40</v>
       </c>
       <c r="H204" s="1" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I204" s="1" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" s="1" t="s">
         <v>840</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>841</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>284</v>
+        <v>167</v>
       </c>
       <c r="D205" s="1">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>356</v>
+        <v>842</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>40</v>
+        <v>78</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>118</v>
+        <v>48</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>122</v>
+        <v>284</v>
       </c>
       <c r="D206" s="1">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>204</v>
+        <v>356</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>482</v>
+        <v>40</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>48</v>
+        <v>118</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>258</v>
+        <v>122</v>
       </c>
       <c r="D207" s="1">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>848</v>
+        <v>204</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>47</v>
+        <v>482</v>
       </c>
       <c r="H207" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I207" s="1" t="s">
         <v>849</v>
-      </c>
-[...1 lines deleted...]
-        <v>850</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="B208" s="1" t="s">
         <v>851</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="C208" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D208" s="1">
+        <v>2025</v>
+      </c>
+      <c r="E208" s="1" t="s">
         <v>852</v>
       </c>
-      <c r="C208" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F208" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>60</v>
+        <v>853</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="1" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>856</v>
+        <v>145</v>
       </c>
       <c r="D209" s="1">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>437</v>
+        <v>350</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>91</v>
+        <v>54</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>103</v>
+        <v>60</v>
       </c>
       <c r="I209" s="1" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" s="1" t="s">
         <v>858</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>859</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>145</v>
+        <v>860</v>
       </c>
       <c r="D210" s="1">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>566</v>
+        <v>437</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>48</v>
+        <v>103</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="1" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>11</v>
+        <v>145</v>
       </c>
       <c r="D211" s="1">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>46</v>
+        <v>566</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>300</v>
+        <v>48</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="1" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>866</v>
+        <v>11</v>
       </c>
       <c r="D212" s="1">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>577</v>
+        <v>46</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>21</v>
+        <v>300</v>
       </c>
       <c r="I212" s="1" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" s="1" t="s">
         <v>868</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>869</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>870</v>
       </c>
       <c r="D213" s="1">
         <v>2024</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>700</v>
+        <v>577</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>578</v>
+        <v>21</v>
       </c>
       <c r="I213" s="1" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" s="1" t="s">
         <v>872</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>873</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>107</v>
+        <v>874</v>
       </c>
       <c r="D214" s="1">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>141</v>
+        <v>705</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>108</v>
+        <v>578</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>58</v>
+        <v>107</v>
       </c>
       <c r="D215" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>471</v>
+        <v>141</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" s="1" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>167</v>
+        <v>58</v>
       </c>
       <c r="D216" s="1">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>880</v>
+        <v>471</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>60</v>
+        <v>113</v>
       </c>
       <c r="I216" s="1" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" s="1" t="s">
         <v>882</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>883</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>95</v>
+        <v>167</v>
       </c>
       <c r="D217" s="1">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>884</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="I217" s="1" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" s="1" t="s">
         <v>886</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>887</v>
       </c>
       <c r="C218" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D218" s="1">
+        <v>2009</v>
+      </c>
+      <c r="E218" s="1" t="s">
         <v>888</v>
-      </c>
-[...4 lines deleted...]
-        <v>356</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>118</v>
+        <v>41</v>
       </c>
       <c r="I218" s="1" t="s">
         <v>889</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" s="1" t="s">
         <v>890</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>891</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>355</v>
+        <v>892</v>
       </c>
       <c r="D219" s="1">
-        <v>2019</v>
+        <v>2007</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>892</v>
+        <v>356</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H219" s="1" t="s">
         <v>118</v>
       </c>
       <c r="I219" s="1" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" s="1" t="s">
         <v>894</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>895</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D220" s="1">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>608</v>
+        <v>896</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>48</v>
+        <v>118</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" s="1" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>899</v>
+        <v>355</v>
       </c>
       <c r="D221" s="1">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>715</v>
+        <v>613</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>85</v>
+        <v>48</v>
       </c>
       <c r="I221" s="1" t="s">
         <v>900</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" s="1" t="s">
         <v>901</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>902</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>903</v>
       </c>
       <c r="D222" s="1">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>267</v>
+        <v>720</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>113</v>
+        <v>85</v>
       </c>
       <c r="I222" s="1" t="s">
         <v>904</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" s="1" t="s">
         <v>905</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>906</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>237</v>
+        <v>907</v>
       </c>
       <c r="D223" s="1">
-        <v>2006</v>
+        <v>2023</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>907</v>
+        <v>267</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>97</v>
+        <v>113</v>
       </c>
       <c r="I223" s="1" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" s="1" t="s">
         <v>909</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>910</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>198</v>
+        <v>237</v>
       </c>
       <c r="D224" s="1">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>387</v>
+        <v>911</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>911</v>
+        <v>97</v>
       </c>
       <c r="I224" s="1" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" s="1" t="s">
         <v>913</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>914</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>696</v>
+        <v>198</v>
       </c>
       <c r="D225" s="1">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>541</v>
+        <v>387</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G225" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>41</v>
+        <v>915</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>918</v>
+        <v>701</v>
       </c>
       <c r="D226" s="1">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>319</v>
+        <v>541</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G226" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H226" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I226" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="H226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I226" s="1"/>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" s="1" t="s">
         <v>920</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>921</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>11</v>
+        <v>922</v>
       </c>
       <c r="D227" s="1">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>271</v>
+        <v>319</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>47</v>
+        <v>923</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>290</v>
+      </c>
+      <c r="I227" s="1"/>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>545</v>
+        <v>11</v>
       </c>
       <c r="D228" s="1">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>319</v>
+        <v>271</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>546</v>
+        <v>48</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>167</v>
+        <v>545</v>
       </c>
       <c r="D229" s="1">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>408</v>
+        <v>319</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>21</v>
+        <v>546</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" s="1" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>931</v>
+        <v>167</v>
       </c>
       <c r="D230" s="1">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="E230" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H230" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I230" s="1" t="s">
         <v>932</v>
-      </c>
-[...10 lines deleted...]
-        <v>933</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="B231" s="1" t="s">
         <v>934</v>
       </c>
-      <c r="B231" s="1" t="s">
+      <c r="C231" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C231" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D231" s="1">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>199</v>
+        <v>936</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>113</v>
+        <v>85</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>11</v>
+        <v>355</v>
       </c>
       <c r="D232" s="1">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>723</v>
+        <v>199</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D233" s="1">
-        <v>2023</v>
+        <v>2007</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>102</v>
+        <v>608</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" s="1" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="D234" s="1">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>163</v>
+        <v>102</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>167</v>
+        <v>89</v>
       </c>
       <c r="D235" s="1">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>948</v>
+        <v>163</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="I235" s="1" t="s">
         <v>949</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" s="1" t="s">
         <v>950</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>951</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>126</v>
+        <v>167</v>
       </c>
       <c r="D236" s="1">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>577</v>
+        <v>952</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>462</v>
+        <v>21</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" s="1" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D237" s="1">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>132</v>
+        <v>577</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>911</v>
+        <v>462</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" s="1" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>958</v>
+        <v>126</v>
       </c>
       <c r="D238" s="1">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="E238" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H238" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="I238" s="1" t="s">
         <v>959</v>
-      </c>
-[...10 lines deleted...]
-        <v>961</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="C239" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="B239" s="1" t="s">
+      <c r="D239" s="1">
+        <v>2006</v>
+      </c>
+      <c r="E239" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="C239" s="1" t="s">
+      <c r="F239" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H239" s="1" t="s">
         <v>964</v>
-      </c>
-[...13 lines deleted...]
-        <v>48</v>
       </c>
       <c r="I239" s="1" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" s="1" t="s">
         <v>966</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>967</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>52</v>
+        <v>968</v>
       </c>
       <c r="D240" s="1">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>225</v>
+        <v>132</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" s="1" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>829</v>
+        <v>52</v>
       </c>
       <c r="D241" s="1">
-        <v>1996</v>
+        <v>2015</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>408</v>
+        <v>225</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" s="1" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>323</v>
+        <v>833</v>
       </c>
       <c r="D242" s="1">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>974</v>
+        <v>408</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="I242" s="1" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" s="1" t="s">
         <v>976</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>977</v>
       </c>
       <c r="C243" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D243" s="1">
+        <v>2010</v>
+      </c>
+      <c r="E243" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="D243" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F243" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="H243" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I243" s="1" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" s="1" t="s">
         <v>980</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>981</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>237</v>
+        <v>982</v>
       </c>
       <c r="D244" s="1">
-        <v>2023</v>
+        <v>2015</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>471</v>
+        <v>190</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>200</v>
+        <v>54</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>578</v>
+        <v>48</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" s="1" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>126</v>
+        <v>237</v>
       </c>
       <c r="D245" s="1">
-        <v>2007</v>
+        <v>2023</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>723</v>
+        <v>471</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>47</v>
+        <v>200</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>985</v>
+        <v>578</v>
       </c>
       <c r="I245" s="1" t="s">
         <v>986</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" s="1" t="s">
         <v>987</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>988</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>149</v>
+        <v>126</v>
       </c>
       <c r="D246" s="1">
-        <v>2014</v>
+        <v>2007</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>382</v>
+        <v>608</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>508</v>
+        <v>989</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" s="1" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>345</v>
+        <v>149</v>
       </c>
       <c r="D247" s="1">
-        <v>1996</v>
+        <v>2014</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>400</v>
+        <v>382</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>756</v>
+        <v>508</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" s="1" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>167</v>
+        <v>345</v>
       </c>
       <c r="D248" s="1">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>995</v>
+        <v>400</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>48</v>
+        <v>760</v>
       </c>
       <c r="I248" s="1" t="s">
         <v>996</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" s="1" t="s">
         <v>997</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>998</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>323</v>
+        <v>167</v>
       </c>
       <c r="D249" s="1">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>271</v>
+        <v>999</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H249" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" s="1" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>122</v>
+        <v>323</v>
       </c>
       <c r="D250" s="1">
-        <v>1998</v>
+        <v>2015</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>229</v>
+        <v>271</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H250" s="1" t="s">
-        <v>1002</v>
+        <v>48</v>
       </c>
       <c r="I250" s="1" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="C251" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D251" s="1">
+        <v>1998</v>
+      </c>
+      <c r="E251" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="F251" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H251" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="D251" s="1">
-[...2 lines deleted...]
-      <c r="E251" s="1" t="s">
+      <c r="I251" s="1" t="s">
         <v>1007</v>
-      </c>
-[...10 lines deleted...]
-        <v>1008</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B252" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="B252" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C252" s="1" t="s">
-        <v>888</v>
+        <v>1010</v>
       </c>
       <c r="D252" s="1">
-        <v>2008</v>
+        <v>2024</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>220</v>
+        <v>1011</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>40</v>
+        <v>66</v>
       </c>
       <c r="H252" s="1" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" s="1" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>1012</v>
+        <v>629</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>1013</v>
+        <v>892</v>
       </c>
       <c r="D253" s="1">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>1014</v>
+        <v>220</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H253" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>1015</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B254" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="C254" s="1" t="s">
         <v>1017</v>
       </c>
-      <c r="C254" s="1" t="s">
+      <c r="D254" s="1">
+        <v>2010</v>
+      </c>
+      <c r="E254" s="1" t="s">
         <v>1018</v>
       </c>
-      <c r="D254" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F254" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>91</v>
+        <v>40</v>
       </c>
       <c r="H254" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>251</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" s="1" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>126</v>
+        <v>1022</v>
       </c>
       <c r="D255" s="1">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="E255" s="1" t="s">
-        <v>810</v>
+        <v>190</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>47</v>
+        <v>91</v>
       </c>
       <c r="H255" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>1021</v>
+        <v>251</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" s="1" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>58</v>
+        <v>126</v>
       </c>
       <c r="D256" s="1">
-        <v>2005</v>
+        <v>2021</v>
       </c>
       <c r="E256" s="1" t="s">
-        <v>150</v>
+        <v>814</v>
       </c>
       <c r="F256" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H256" s="1" t="s">
-        <v>351</v>
+        <v>48</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" s="1" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="D257" s="1">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E257" s="1" t="s">
-        <v>220</v>
+        <v>150</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H257" s="1" t="s">
-        <v>48</v>
+        <v>351</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" s="1" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>184</v>
+        <v>11</v>
       </c>
       <c r="D258" s="1">
         <v>2006</v>
       </c>
       <c r="E258" s="1" t="s">
-        <v>387</v>
+        <v>220</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H258" s="1" t="s">
-        <v>118</v>
+        <v>48</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="1" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>19</v>
+        <v>184</v>
       </c>
       <c r="D259" s="1">
-        <v>2020</v>
+        <v>2006</v>
       </c>
       <c r="E259" s="1" t="s">
-        <v>400</v>
+        <v>387</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H259" s="1" t="s">
-        <v>48</v>
+        <v>118</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" s="1" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>417</v>
+        <v>19</v>
       </c>
       <c r="D260" s="1">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>53</v>
+        <v>400</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="H260" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" s="1" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>1039</v>
+        <v>417</v>
       </c>
       <c r="D261" s="1">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>267</v>
+        <v>53</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="H261" s="1" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="I261" s="1" t="s">
         <v>1040</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="D262" s="1">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>102</v>
+        <v>267</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G262" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H262" s="1" t="s">
-        <v>756</v>
+        <v>97</v>
       </c>
       <c r="I262" s="1" t="s">
         <v>1044</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" s="1" t="s">
         <v>1045</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>11</v>
+        <v>1047</v>
       </c>
       <c r="D263" s="1">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>267</v>
+        <v>102</v>
       </c>
       <c r="F263" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H263" s="1" t="s">
-        <v>300</v>
+        <v>760</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" s="1" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>1050</v>
+        <v>11</v>
       </c>
       <c r="D264" s="1">
-        <v>2010</v>
+        <v>1999</v>
       </c>
       <c r="E264" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F264" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H264" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="I264" s="1" t="s">
         <v>1051</v>
-      </c>
-[...10 lines deleted...]
-        <v>1053</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C265" s="1" t="s">
         <v>1054</v>
       </c>
-      <c r="B265" s="1" t="s">
+      <c r="D265" s="1">
+        <v>2010</v>
+      </c>
+      <c r="E265" s="1" t="s">
         <v>1055</v>
       </c>
-      <c r="C265" s="1" t="s">
+      <c r="F265" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H265" s="1" t="s">
         <v>1056</v>
-      </c>
-[...13 lines deleted...]
-        <v>85</v>
       </c>
       <c r="I265" s="1" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="D266" s="1">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>225</v>
+        <v>437</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="H266" s="1" t="s">
-        <v>113</v>
+        <v>85</v>
       </c>
       <c r="I266" s="1" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>145</v>
+        <v>1064</v>
       </c>
       <c r="D267" s="1">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="E267" s="1" t="s">
-        <v>437</v>
+        <v>225</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>40</v>
+        <v>66</v>
       </c>
       <c r="H267" s="1" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" s="1" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>550</v>
+        <v>145</v>
       </c>
       <c r="D268" s="1">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>363</v>
+        <v>437</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="H268" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>345</v>
+        <v>550</v>
       </c>
       <c r="D269" s="1">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>90</v>
+        <v>363</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>482</v>
+        <v>66</v>
       </c>
       <c r="H269" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" s="1" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>131</v>
+        <v>345</v>
       </c>
       <c r="D270" s="1">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>880</v>
+        <v>90</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G270" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H270" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" s="1" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D271" s="1">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G271" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H271" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" s="1" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D272" s="1">
         <v>2019</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>1079</v>
+        <v>884</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>66</v>
+        <v>482</v>
       </c>
       <c r="H272" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I272" s="1" t="s">
         <v>1080</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D273" s="1">
         <v>2019</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>102</v>
+        <v>1083</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>482</v>
+        <v>66</v>
       </c>
       <c r="H273" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" s="1" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D274" s="1">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>65</v>
+        <v>102</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G274" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H274" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" s="1" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>284</v>
+        <v>131</v>
       </c>
       <c r="D275" s="1">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>1089</v>
+        <v>65</v>
       </c>
       <c r="F275" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>14</v>
+        <v>482</v>
       </c>
       <c r="H275" s="1" t="s">
-        <v>85</v>
+        <v>21</v>
       </c>
       <c r="I275" s="1" t="s">
         <v>1090</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>126</v>
+        <v>284</v>
       </c>
       <c r="D276" s="1">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>704</v>
+        <v>1093</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="H276" s="1" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1096</v>
+        <v>126</v>
       </c>
       <c r="D277" s="1">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>159</v>
+        <v>709</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>259</v>
+        <v>60</v>
       </c>
       <c r="I277" s="1" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="D278" s="1">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>190</v>
+        <v>159</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>91</v>
+        <v>78</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>48</v>
+        <v>259</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>251</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="1" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>70</v>
+        <v>1104</v>
       </c>
       <c r="D279" s="1">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>400</v>
+        <v>190</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>1103</v>
+        <v>251</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="1" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="D280" s="1">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>387</v>
+        <v>400</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G280" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H280" s="1" t="s">
-        <v>300</v>
+        <v>97</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" s="1" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>126</v>
+        <v>11</v>
       </c>
       <c r="D281" s="1">
-        <v>2005</v>
+        <v>2022</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>271</v>
+        <v>387</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="H281" s="1" t="s">
-        <v>462</v>
+        <v>300</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" s="1" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="D282" s="1">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>243</v>
+        <v>271</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="H282" s="1" t="s">
-        <v>127</v>
+        <v>462</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" s="1" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1115</v>
+        <v>95</v>
       </c>
       <c r="D283" s="1">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>520</v>
+        <v>243</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>54</v>
+        <v>78</v>
       </c>
       <c r="H283" s="1" t="s">
-        <v>97</v>
+        <v>127</v>
       </c>
       <c r="I283" s="1" t="s">
         <v>1116</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>1118</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>237</v>
+        <v>1119</v>
       </c>
       <c r="D284" s="1">
-        <v>2013</v>
+        <v>2000</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>1119</v>
+        <v>520</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="H284" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="I284" s="1" t="s">
         <v>1120</v>
-      </c>
-[...1 lines deleted...]
-        <v>1121</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B285" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="B285" s="1" t="s">
+      <c r="C285" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D285" s="1">
+        <v>2013</v>
+      </c>
+      <c r="E285" s="1" t="s">
         <v>1123</v>
-      </c>
-[...7 lines deleted...]
-        <v>271</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G285" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H285" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="I285" s="1" t="s">
         <v>1125</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="C286" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D286" s="1">
+        <v>2006</v>
+      </c>
+      <c r="E286" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="F286" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H286" s="1" t="s">
         <v>1128</v>
-      </c>
-[...13 lines deleted...]
-        <v>113</v>
       </c>
       <c r="I286" s="1" t="s">
         <v>1129</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>149</v>
+        <v>1132</v>
       </c>
       <c r="D287" s="1">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>190</v>
+        <v>102</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>54</v>
+        <v>482</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>1132</v>
+        <v>113</v>
       </c>
       <c r="I287" s="1" t="s">
         <v>1133</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>11</v>
+        <v>149</v>
       </c>
       <c r="D288" s="1">
-        <v>2011</v>
+        <v>2023</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>159</v>
+        <v>190</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>48</v>
+        <v>1136</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" s="1" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>237</v>
+        <v>11</v>
       </c>
       <c r="D289" s="1">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>1139</v>
+        <v>159</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="I289" s="1" t="s">
         <v>1140</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="C290" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D290" s="1">
+        <v>2005</v>
+      </c>
+      <c r="E290" s="1" t="s">
         <v>1143</v>
       </c>
-      <c r="D290" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F290" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="H290" s="1" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="I290" s="1" t="s">
         <v>1144</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>545</v>
+        <v>1147</v>
       </c>
       <c r="D291" s="1">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>243</v>
+        <v>190</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>546</v>
+        <v>185</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" s="1" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1150</v>
+        <v>545</v>
       </c>
       <c r="D292" s="1">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>387</v>
+        <v>243</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H292" s="1" t="s">
-        <v>118</v>
+        <v>546</v>
       </c>
       <c r="I292" s="1" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>345</v>
+        <v>1154</v>
       </c>
       <c r="D293" s="1">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>319</v>
+        <v>387</v>
       </c>
       <c r="F293" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G293" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H293" s="1" t="s">
-        <v>756</v>
+        <v>118</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" s="1" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>126</v>
+        <v>345</v>
       </c>
       <c r="D294" s="1">
-        <v>2018</v>
+        <v>2003</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>1157</v>
+        <v>319</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="H294" s="1" t="s">
-        <v>72</v>
+        <v>760</v>
       </c>
       <c r="I294" s="1" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D295" s="1">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>84</v>
+        <v>1161</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G295" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H295" s="1" t="s">
-        <v>911</v>
+        <v>72</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" s="1" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="D296" s="1">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>204</v>
+        <v>84</v>
       </c>
       <c r="F296" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>66</v>
+        <v>27</v>
       </c>
       <c r="H296" s="1" t="s">
-        <v>60</v>
+        <v>915</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" s="1" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="D297" s="1">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>1157</v>
+        <v>204</v>
       </c>
       <c r="F297" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="H297" s="1" t="s">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" s="1" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>58</v>
+        <v>107</v>
       </c>
       <c r="D298" s="1">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>163</v>
+        <v>1161</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G298" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H298" s="1" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" s="1" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>696</v>
+        <v>58</v>
       </c>
       <c r="D299" s="1">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>1173</v>
+        <v>163</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G299" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H299" s="1" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="I299" s="1" t="s">
         <v>1174</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="C300" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="D300" s="1">
+        <v>2002</v>
+      </c>
+      <c r="E300" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="D300" s="1">
-[...2 lines deleted...]
-      <c r="E300" s="1" t="s">
+      <c r="F300" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H300" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I300" s="1" t="s">
         <v>1178</v>
-      </c>
-[...10 lines deleted...]
-        <v>1179</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B301" s="1" t="s">
         <v>1180</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="C301" s="1" t="s">
         <v>1181</v>
       </c>
-      <c r="C301" s="1" t="s">
+      <c r="D301" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E301" s="1" t="s">
         <v>1182</v>
       </c>
-      <c r="D301" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F301" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="H301" s="1" t="s">
-        <v>185</v>
+        <v>79</v>
       </c>
       <c r="I301" s="1" t="s">
         <v>1183</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>1186</v>
       </c>
       <c r="D302" s="1">
-        <v>2000</v>
+        <v>2019</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>190</v>
+        <v>541</v>
       </c>
       <c r="F302" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="H302" s="1" t="s">
-        <v>48</v>
+        <v>185</v>
       </c>
       <c r="I302" s="1" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" s="1" t="s">
         <v>1188</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>1189</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>903</v>
+        <v>1190</v>
       </c>
       <c r="D303" s="1">
-        <v>2024</v>
+        <v>2000</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>408</v>
+        <v>190</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="H303" s="1" t="s">
-        <v>578</v>
+        <v>48</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1193</v>
+        <v>907</v>
       </c>
       <c r="D304" s="1">
-        <v>1999</v>
+        <v>2024</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>500</v>
+        <v>408</v>
       </c>
       <c r="F304" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="H304" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="I304" s="1" t="s">
         <v>1194</v>
-      </c>
-[...1 lines deleted...]
-        <v>1195</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B305" s="1" t="s">
         <v>1196</v>
       </c>
-      <c r="B305" s="1" t="s">
+      <c r="C305" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="C305" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D305" s="1">
-        <v>2013</v>
+        <v>1999</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>271</v>
+        <v>500</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G305" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H305" s="1" t="s">
-        <v>60</v>
+        <v>1198</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" s="1" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>294</v>
+        <v>107</v>
       </c>
       <c r="D306" s="1">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>190</v>
+        <v>271</v>
       </c>
       <c r="F306" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>482</v>
+        <v>47</v>
       </c>
       <c r="H306" s="1" t="s">
-        <v>155</v>
+        <v>60</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" s="1" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>126</v>
+        <v>294</v>
       </c>
       <c r="D307" s="1">
         <v>2003</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>1204</v>
+        <v>190</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>47</v>
+        <v>482</v>
       </c>
       <c r="H307" s="1" t="s">
-        <v>60</v>
+        <v>155</v>
       </c>
       <c r="I307" s="1" t="s">
         <v>1205</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" s="1" t="s">
         <v>1206</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>1207</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>800</v>
+        <v>126</v>
       </c>
       <c r="D308" s="1">
         <v>2003</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>577</v>
+        <v>1208</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H308" s="1" t="s">
-        <v>351</v>
+        <v>60</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" s="1" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>696</v>
+        <v>804</v>
       </c>
       <c r="D309" s="1">
-        <v>2021</v>
+        <v>2003</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>20</v>
+        <v>577</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="H309" s="1" t="s">
-        <v>97</v>
+        <v>351</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" s="1" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>355</v>
+        <v>701</v>
       </c>
       <c r="D310" s="1">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>1214</v>
+        <v>20</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H310" s="1" t="s">
-        <v>508</v>
+        <v>97</v>
       </c>
       <c r="I310" s="1" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>1217</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>11</v>
+        <v>355</v>
       </c>
       <c r="D311" s="1">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>229</v>
+        <v>1218</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="H311" s="1" t="s">
-        <v>185</v>
+        <v>508</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312" s="1" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D312" s="1">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>102</v>
+        <v>229</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G312" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H312" s="1" t="s">
-        <v>113</v>
+        <v>185</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" s="1" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D313" s="1">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>700</v>
+        <v>102</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G313" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H313" s="1" t="s">
-        <v>185</v>
+        <v>113</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B314" s="1" t="s">
         <v>1224</v>
-      </c>
-[...1 lines deleted...]
-        <v>1220</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D314" s="1">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>1225</v>
+        <v>705</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G314" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H314" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" s="1" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D315" s="1">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>33</v>
+        <v>1229</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G315" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H315" s="1" t="s">
-        <v>113</v>
+        <v>185</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" s="1" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1230</v>
+        <v>1224</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>126</v>
+        <v>11</v>
       </c>
       <c r="D316" s="1">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>387</v>
+        <v>33</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>40</v>
+        <v>66</v>
       </c>
       <c r="H316" s="1" t="s">
-        <v>1231</v>
+        <v>113</v>
       </c>
       <c r="I316" s="1" t="s">
         <v>1232</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317" s="1" t="s">
         <v>1233</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>11</v>
+        <v>126</v>
       </c>
       <c r="D317" s="1">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>723</v>
+        <v>387</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H317" s="1" t="s">
-        <v>48</v>
+        <v>1235</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" s="1" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D318" s="1">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>243</v>
+        <v>608</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="H318" s="1" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" s="1" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>545</v>
+        <v>11</v>
       </c>
       <c r="D319" s="1">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E319" s="1" t="s">
-        <v>471</v>
+        <v>243</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>212</v>
+        <v>66</v>
       </c>
       <c r="H319" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>213</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320" s="1" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>349</v>
+        <v>545</v>
       </c>
       <c r="D320" s="1">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="E320" s="1" t="s">
-        <v>1243</v>
+        <v>471</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>66</v>
+        <v>212</v>
       </c>
       <c r="H320" s="1" t="s">
-        <v>41</v>
+        <v>113</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>1244</v>
+        <v>213</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321" s="1" t="s">
         <v>1245</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>1246</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>11</v>
+        <v>349</v>
       </c>
       <c r="D321" s="1">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>289</v>
+        <v>1247</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="H321" s="1" t="s">
-        <v>155</v>
+        <v>41</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" s="1" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D322" s="1">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>995</v>
+        <v>289</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H322" s="1" t="s">
-        <v>546</v>
+        <v>155</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323" s="1" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>740</v>
+        <v>11</v>
       </c>
       <c r="D323" s="1">
-        <v>2016</v>
+        <v>2007</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>471</v>
+        <v>999</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G323" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H323" s="1" t="s">
-        <v>113</v>
+        <v>546</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324" s="1" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1256</v>
+        <v>744</v>
       </c>
       <c r="D324" s="1">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="E324" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="F324" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H324" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I324" s="1" t="s">
         <v>1257</v>
-      </c>
-[...10 lines deleted...]
-        <v>1258</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B325" s="1" t="s">
         <v>1259</v>
       </c>
-      <c r="B325" s="1" t="s">
+      <c r="C325" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="C325" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D325" s="1">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="E325" s="1" t="s">
-        <v>102</v>
+        <v>1261</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="H325" s="1" t="s">
-        <v>60</v>
+        <v>103</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326" s="1" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>107</v>
+        <v>284</v>
       </c>
       <c r="D326" s="1">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H326" s="1" t="s">
-        <v>103</v>
+        <v>60</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>126</v>
+        <v>107</v>
       </c>
       <c r="D327" s="1">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E327" s="1" t="s">
         <v>90</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G327" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H327" s="1" t="s">
-        <v>155</v>
+        <v>103</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" s="1" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>233</v>
+        <v>126</v>
       </c>
       <c r="D328" s="1">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>289</v>
+        <v>90</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>212</v>
+        <v>47</v>
       </c>
       <c r="H328" s="1" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="I328" s="1"/>
+        <v>155</v>
+      </c>
+      <c r="I328" s="1" t="s">
+        <v>1271</v>
+      </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" s="1" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>126</v>
+        <v>233</v>
       </c>
       <c r="D329" s="1">
         <v>2019</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>59</v>
+        <v>289</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>78</v>
+        <v>212</v>
       </c>
       <c r="H329" s="1" t="s">
-        <v>911</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="I329" s="1"/>
     </row>
     <row r="330" spans="1:9">
       <c r="A330" s="1" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>11</v>
+        <v>126</v>
       </c>
       <c r="D330" s="1">
-        <v>2006</v>
+        <v>2019</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
       <c r="H330" s="1" t="s">
-        <v>113</v>
+        <v>915</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331" s="1" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>417</v>
+        <v>11</v>
       </c>
       <c r="D331" s="1">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>243</v>
+        <v>46</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="H331" s="1" t="s">
-        <v>185</v>
+        <v>113</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332" s="1" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1281</v>
+        <v>417</v>
       </c>
       <c r="D332" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>608</v>
+        <v>243</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H332" s="1" t="s">
-        <v>28</v>
+        <v>185</v>
       </c>
       <c r="I332" s="1" t="s">
         <v>1282</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>696</v>
+        <v>1285</v>
       </c>
       <c r="D333" s="1">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>719</v>
+        <v>613</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="H333" s="1" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334" s="1" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>294</v>
+        <v>701</v>
       </c>
       <c r="D334" s="1">
-        <v>2006</v>
+        <v>2023</v>
       </c>
       <c r="E334" s="1" t="s">
-        <v>65</v>
+        <v>724</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H334" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335" s="1" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>888</v>
+        <v>294</v>
       </c>
       <c r="D335" s="1">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G335" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H335" s="1" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336" s="1" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>194</v>
+        <v>892</v>
       </c>
       <c r="D336" s="1">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="E336" s="1" t="s">
-        <v>700</v>
+        <v>46</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G336" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H336" s="1" t="s">
-        <v>113</v>
+        <v>60</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337" s="1" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>355</v>
+        <v>194</v>
       </c>
       <c r="D337" s="1">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="E337" s="1" t="s">
-        <v>1297</v>
+        <v>705</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G337" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H337" s="1" t="s">
-        <v>28</v>
+        <v>113</v>
       </c>
       <c r="I337" s="1" t="s">
         <v>1298</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338" s="1" t="s">
         <v>1299</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>1300</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>284</v>
+        <v>355</v>
       </c>
       <c r="D338" s="1">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="E338" s="1" t="s">
         <v>1301</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>482</v>
+        <v>40</v>
       </c>
       <c r="H338" s="1" t="s">
-        <v>578</v>
+        <v>28</v>
       </c>
       <c r="I338" s="1" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339" s="1" t="s">
         <v>1303</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>1304</v>
       </c>
       <c r="C339" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D339" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E339" s="1" t="s">
         <v>1305</v>
       </c>
-      <c r="D339" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F339" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>919</v>
+        <v>482</v>
       </c>
       <c r="H339" s="1" t="s">
-        <v>756</v>
-[...1 lines deleted...]
-      <c r="I339" s="1"/>
+        <v>578</v>
+      </c>
+      <c r="I339" s="1" t="s">
+        <v>1306</v>
+      </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340" s="1" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>126</v>
+        <v>1309</v>
       </c>
       <c r="D340" s="1">
-        <v>2012</v>
+        <v>1991</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>599</v>
+        <v>387</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>78</v>
+        <v>923</v>
       </c>
       <c r="H340" s="1" t="s">
-        <v>911</v>
-[...3 lines deleted...]
-      </c>
+        <v>760</v>
+      </c>
+      <c r="I340" s="1"/>
     </row>
     <row r="341" spans="1:9">
       <c r="A341" s="1" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>25</v>
+        <v>126</v>
       </c>
       <c r="D341" s="1">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="E341" s="1" t="s">
-        <v>387</v>
+        <v>599</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>482</v>
+        <v>78</v>
       </c>
       <c r="H341" s="1" t="s">
-        <v>113</v>
+        <v>915</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342" s="1" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>167</v>
+        <v>25</v>
       </c>
       <c r="D342" s="1">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>54</v>
+        <v>482</v>
       </c>
       <c r="H342" s="1" t="s">
-        <v>1132</v>
+        <v>113</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343" s="1" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>126</v>
+        <v>167</v>
       </c>
       <c r="D343" s="1">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>577</v>
+        <v>382</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G343" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H343" s="1" t="s">
-        <v>48</v>
+        <v>1136</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344" s="1" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>355</v>
+        <v>126</v>
       </c>
       <c r="D344" s="1">
-        <v>2019</v>
+        <v>2005</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>1320</v>
+        <v>577</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="H344" s="1" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="I344" s="1" t="s">
         <v>1321</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>1323</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>126</v>
+        <v>355</v>
       </c>
       <c r="D345" s="1">
         <v>2019</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>478</v>
+        <v>1324</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="H345" s="1" t="s">
-        <v>508</v>
+        <v>21</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346" s="1" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>11</v>
+        <v>126</v>
       </c>
       <c r="D346" s="1">
-        <v>1994</v>
+        <v>2019</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>1327</v>
+        <v>478</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>212</v>
+        <v>54</v>
       </c>
       <c r="H346" s="1" t="s">
-        <v>41</v>
+        <v>508</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>213</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347" s="1" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="D347" s="1">
-        <v>2012</v>
+        <v>1994</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>141</v>
+        <v>1331</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G347" s="1" t="s">
         <v>212</v>
       </c>
       <c r="H347" s="1" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="I347" s="1" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348" s="1" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>294</v>
+        <v>107</v>
       </c>
       <c r="D348" s="1">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="E348" s="1" t="s">
-        <v>1332</v>
+        <v>141</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>91</v>
+        <v>212</v>
       </c>
       <c r="H348" s="1" t="s">
-        <v>396</v>
+        <v>72</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>251</v>
+        <v>213</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349" s="1" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>95</v>
+        <v>294</v>
       </c>
       <c r="D349" s="1">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="E349" s="1" t="s">
-        <v>225</v>
+        <v>1336</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>54</v>
+        <v>91</v>
       </c>
       <c r="H349" s="1" t="s">
-        <v>41</v>
+        <v>396</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1335</v>
+        <v>251</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350" s="1" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
       <c r="D350" s="1">
-        <v>2022</v>
+        <v>2006</v>
       </c>
       <c r="E350" s="1" t="s">
-        <v>53</v>
+        <v>225</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G350" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H350" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351" s="1" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>126</v>
+        <v>11</v>
       </c>
       <c r="D351" s="1">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="E351" s="1" t="s">
-        <v>163</v>
+        <v>53</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="H351" s="1" t="s">
-        <v>300</v>
+        <v>21</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352" s="1" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>184</v>
+        <v>126</v>
       </c>
       <c r="D352" s="1">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="E352" s="1" t="s">
-        <v>810</v>
+        <v>163</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H352" s="1" t="s">
-        <v>1124</v>
+        <v>300</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353" s="1" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>11</v>
+        <v>184</v>
       </c>
       <c r="D353" s="1">
-        <v>2018</v>
+        <v>2003</v>
       </c>
       <c r="E353" s="1" t="s">
-        <v>289</v>
+        <v>814</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H353" s="1" t="s">
-        <v>48</v>
+        <v>1128</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354" s="1" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="D354" s="1">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="E354" s="1" t="s">
-        <v>1350</v>
+        <v>289</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>212</v>
+        <v>47</v>
       </c>
       <c r="H354" s="1" t="s">
-        <v>462</v>
+        <v>48</v>
       </c>
       <c r="I354" s="1" t="s">
         <v>1351</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355" s="1" t="s">
         <v>1352</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>1353</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>11</v>
+        <v>107</v>
       </c>
       <c r="D355" s="1">
-        <v>1990</v>
+        <v>2011</v>
       </c>
       <c r="E355" s="1" t="s">
-        <v>661</v>
+        <v>1354</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>47</v>
+        <v>212</v>
       </c>
       <c r="H355" s="1" t="s">
-        <v>290</v>
+        <v>462</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356" s="1" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>323</v>
+        <v>11</v>
       </c>
       <c r="D356" s="1">
-        <v>2014</v>
+        <v>1990</v>
       </c>
       <c r="E356" s="1" t="s">
-        <v>356</v>
+        <v>666</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G356" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H356" s="1" t="s">
-        <v>21</v>
+        <v>290</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357" s="1" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>11</v>
+        <v>323</v>
       </c>
       <c r="D357" s="1">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>1360</v>
+        <v>356</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H357" s="1" t="s">
-        <v>113</v>
+        <v>21</v>
       </c>
       <c r="I357" s="1" t="s">
         <v>1361</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358" s="1" t="s">
         <v>1362</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>1363</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>323</v>
+        <v>11</v>
       </c>
       <c r="D358" s="1">
-        <v>2007</v>
+        <v>2025</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>974</v>
+        <v>1364</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G358" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H358" s="1" t="s">
-        <v>351</v>
+        <v>113</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359" s="1" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>11</v>
+        <v>323</v>
       </c>
       <c r="D359" s="1">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>295</v>
+        <v>978</v>
       </c>
       <c r="F359" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H359" s="1" t="s">
-        <v>300</v>
+        <v>351</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360" s="1" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>233</v>
+        <v>11</v>
       </c>
       <c r="D360" s="1">
-        <v>2024</v>
+        <v>1998</v>
       </c>
       <c r="E360" s="1" t="s">
-        <v>1370</v>
+        <v>295</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>212</v>
+        <v>47</v>
       </c>
       <c r="H360" s="1" t="s">
-        <v>578</v>
+        <v>300</v>
       </c>
       <c r="I360" s="1" t="s">
         <v>1371</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361" s="1" t="s">
         <v>1372</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>1373</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>294</v>
+        <v>233</v>
       </c>
       <c r="D361" s="1">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>267</v>
+        <v>1374</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>47</v>
+        <v>212</v>
       </c>
       <c r="H361" s="1" t="s">
-        <v>185</v>
+        <v>578</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362" s="1" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>550</v>
+        <v>294</v>
       </c>
       <c r="D362" s="1">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="E362" s="1" t="s">
-        <v>541</v>
+        <v>267</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H362" s="1" t="s">
-        <v>60</v>
+        <v>185</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363" s="1" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>107</v>
+        <v>550</v>
       </c>
       <c r="D363" s="1">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E363" s="1" t="s">
-        <v>102</v>
+        <v>541</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H363" s="1" t="s">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364" s="1" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>355</v>
+        <v>107</v>
       </c>
       <c r="D364" s="1">
-        <v>1999</v>
+        <v>2017</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>199</v>
+        <v>102</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H364" s="1" t="s">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365" s="1" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>304</v>
+        <v>355</v>
       </c>
       <c r="D365" s="1">
-        <v>2009</v>
+        <v>1999</v>
       </c>
       <c r="E365" s="1" t="s">
-        <v>1386</v>
+        <v>199</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H365" s="1" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="I365" s="1" t="s">
         <v>1387</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366" s="1" t="s">
         <v>1388</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>1389</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>167</v>
+        <v>304</v>
       </c>
       <c r="D366" s="1">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="E366" s="1" t="s">
-        <v>168</v>
+        <v>1390</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="H366" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367" s="1" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>126</v>
+        <v>167</v>
       </c>
       <c r="D367" s="1">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>723</v>
+        <v>168</v>
       </c>
       <c r="F367" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="H367" s="1" t="s">
-        <v>60</v>
+        <v>113</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="368" spans="1:9">
       <c r="A368" s="1" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>323</v>
+        <v>126</v>
       </c>
       <c r="D368" s="1">
-        <v>2022</v>
+        <v>2004</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>141</v>
+        <v>608</v>
       </c>
       <c r="F368" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H368" s="1" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I368" s="1" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369" s="1" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>122</v>
+        <v>323</v>
       </c>
       <c r="D369" s="1">
-        <v>2005</v>
+        <v>2022</v>
       </c>
       <c r="E369" s="1" t="s">
-        <v>577</v>
+        <v>141</v>
       </c>
       <c r="F369" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="H369" s="1" t="s">
-        <v>351</v>
+        <v>48</v>
       </c>
       <c r="I369" s="1" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="A370" s="1" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1402</v>
+        <v>122</v>
       </c>
       <c r="D370" s="1">
-        <v>2024</v>
+        <v>2005</v>
       </c>
       <c r="E370" s="1" t="s">
         <v>577</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="H370" s="1" t="s">
-        <v>21</v>
+        <v>351</v>
       </c>
       <c r="I370" s="1" t="s">
         <v>1403</v>
       </c>
     </row>
     <row r="371" spans="1:9">
       <c r="A371" s="1" t="s">
         <v>1404</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>1405</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>1406</v>
       </c>
       <c r="D371" s="1">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="E371" s="1" t="s">
-        <v>608</v>
+        <v>577</v>
       </c>
       <c r="F371" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="H371" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I371" s="1" t="s">
         <v>1407</v>
-      </c>
-[...1 lines deleted...]
-        <v>1408</v>
       </c>
     </row>
     <row r="372" spans="1:9">
       <c r="A372" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B372" s="1" t="s">
         <v>1409</v>
       </c>
-      <c r="B372" s="1" t="s">
+      <c r="C372" s="1" t="s">
         <v>1410</v>
       </c>
-      <c r="C372" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D372" s="1">
-        <v>1999</v>
+        <v>2018</v>
       </c>
       <c r="E372" s="1" t="s">
-        <v>319</v>
+        <v>613</v>
       </c>
       <c r="F372" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="H372" s="1" t="s">
-        <v>48</v>
+        <v>1411</v>
       </c>
       <c r="I372" s="1" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373" s="1" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1414</v>
+        <v>11</v>
       </c>
       <c r="D373" s="1">
-        <v>2021</v>
+        <v>1999</v>
       </c>
       <c r="E373" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="F373" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H373" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I373" s="1" t="s">
         <v>1415</v>
-      </c>
-[...10 lines deleted...]
-        <v>1416</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B374" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="B374" s="1" t="s">
+      <c r="C374" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="D374" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E374" s="1" t="s">
         <v>1418</v>
       </c>
-      <c r="C374" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F374" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>66</v>
+        <v>482</v>
       </c>
       <c r="H374" s="1" t="s">
-        <v>113</v>
+        <v>185</v>
       </c>
       <c r="I374" s="1" t="s">
         <v>1419</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375" s="1" t="s">
         <v>1420</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>1421</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>294</v>
+        <v>167</v>
       </c>
       <c r="D375" s="1">
-        <v>2014</v>
+        <v>2002</v>
       </c>
       <c r="E375" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="F375" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H375" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I375" s="1" t="s">
         <v>1422</v>
-      </c>
-[...10 lines deleted...]
-        <v>1423</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B376" s="1" t="s">
         <v>1424</v>
       </c>
-      <c r="B376" s="1" t="s">
+      <c r="C376" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D376" s="1">
+        <v>2014</v>
+      </c>
+      <c r="E376" s="1" t="s">
         <v>1425</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F376" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G376" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H376" s="1" t="s">
-        <v>185</v>
+        <v>60</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>1427</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B377" s="1" t="s">
         <v>1428</v>
       </c>
-      <c r="B377" s="1" t="s">
+      <c r="C377" s="1" t="s">
         <v>1429</v>
       </c>
-      <c r="C377" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D377" s="1">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="E377" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F377" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H377" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="I377" s="1" t="s">
         <v>1430</v>
-      </c>
-[...10 lines deleted...]
-        <v>1431</v>
       </c>
     </row>
     <row r="378" spans="1:9">
       <c r="A378" s="1" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B378" s="1" t="s">
         <v>1432</v>
       </c>
-      <c r="B378" s="1" t="s">
+      <c r="C378" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D378" s="1">
+        <v>2014</v>
+      </c>
+      <c r="E378" s="1" t="s">
         <v>1433</v>
       </c>
-      <c r="C378" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F378" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="H378" s="1" t="s">
-        <v>48</v>
+        <v>508</v>
       </c>
       <c r="I378" s="1" t="s">
         <v>1434</v>
       </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379" s="1" t="s">
         <v>1435</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>1436</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>391</v>
+        <v>258</v>
       </c>
       <c r="D379" s="1">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="E379" s="1" t="s">
-        <v>59</v>
+        <v>102</v>
       </c>
       <c r="F379" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="H379" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I379" s="1" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380" s="1" t="s">
         <v>1438</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>1439</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D380" s="1">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E380" s="1" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="F380" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G380" s="1" t="s">
         <v>78</v>
       </c>
       <c r="H380" s="1" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="I380" s="1" t="s">
         <v>1440</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381" s="1" t="s">
         <v>1441</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>1442</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1006</v>
+        <v>391</v>
       </c>
       <c r="D381" s="1">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="E381" s="1" t="s">
-        <v>154</v>
+        <v>39</v>
       </c>
       <c r="F381" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>47</v>
+        <v>78</v>
       </c>
       <c r="H381" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I381" s="1" t="s">
         <v>1443</v>
-      </c>
-[...1 lines deleted...]
-        <v>1444</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B382" s="1" t="s">
         <v>1445</v>
       </c>
-      <c r="B382" s="1" t="s">
+      <c r="C382" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D382" s="1">
+        <v>2024</v>
+      </c>
+      <c r="E382" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="F382" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H382" s="1" t="s">
         <v>1446</v>
-      </c>
-[...16 lines deleted...]
-        <v>185</v>
       </c>
       <c r="I382" s="1" t="s">
         <v>1447</v>
       </c>
     </row>
     <row r="383" spans="1:9">
       <c r="A383" s="1" t="s">
         <v>1448</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>1449</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>515</v>
+        <v>11</v>
       </c>
       <c r="D383" s="1">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="E383" s="1" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>482</v>
+        <v>54</v>
       </c>
       <c r="H383" s="1" t="s">
-        <v>85</v>
+        <v>185</v>
       </c>
       <c r="I383" s="1" t="s">
         <v>1450</v>
       </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384" s="1" t="s">
         <v>1451</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>1452</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>107</v>
+        <v>515</v>
       </c>
       <c r="D384" s="1">
-        <v>2007</v>
+        <v>2024</v>
       </c>
       <c r="E384" s="1" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="F384" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>40</v>
+        <v>482</v>
       </c>
       <c r="H384" s="1" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="I384" s="1" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385" s="1" t="s">
         <v>1454</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>1455</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>355</v>
+        <v>107</v>
       </c>
       <c r="D385" s="1">
-        <v>2020</v>
+        <v>2007</v>
       </c>
       <c r="E385" s="1" t="s">
-        <v>1204</v>
+        <v>46</v>
       </c>
       <c r="F385" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G385" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H385" s="1" t="s">
-        <v>118</v>
+        <v>41</v>
       </c>
       <c r="I385" s="1" t="s">
         <v>1456</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386" s="1" t="s">
         <v>1457</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>1458</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>126</v>
+        <v>355</v>
       </c>
       <c r="D386" s="1">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="E386" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F386" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H386" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="I386" s="1" t="s">
         <v>1459</v>
-      </c>
-[...10 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387" s="1" t="s">
         <v>1460</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>1461</v>
       </c>
       <c r="C387" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D387" s="1">
+        <v>2010</v>
+      </c>
+      <c r="E387" s="1" t="s">
         <v>1462</v>
       </c>
-      <c r="D387" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F387" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="H387" s="1" t="s">
-        <v>79</v>
+        <v>486</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>1463</v>
+        <v>251</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="A388" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B388" s="1" t="s">
         <v>1464</v>
       </c>
-      <c r="B388" s="1" t="s">
+      <c r="C388" s="1" t="s">
         <v>1465</v>
       </c>
-      <c r="C388" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D388" s="1">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="E388" s="1" t="s">
-        <v>163</v>
+        <v>720</v>
       </c>
       <c r="F388" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G388" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H388" s="1" t="s">
-        <v>113</v>
+        <v>79</v>
       </c>
       <c r="I388" s="1" t="s">
         <v>1466</v>
       </c>
     </row>
     <row r="389" spans="1:9">
       <c r="A389" s="1" t="s">
         <v>1467</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>1468</v>
       </c>
       <c r="C389" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D389" s="1">
+        <v>2013</v>
+      </c>
+      <c r="E389" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F389" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H389" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I389" s="1" t="s">
         <v>1469</v>
-      </c>
-[...16 lines deleted...]
-        <v>1470</v>
       </c>
     </row>
     <row r="390" spans="1:9">
       <c r="A390" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B390" s="1" t="s">
         <v>1471</v>
       </c>
-      <c r="B390" s="1" t="s">
+      <c r="C390" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D390" s="1">
+        <v>2025</v>
+      </c>
+      <c r="E390" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="F390" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H390" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="I390" s="1" t="s">
         <v>1472</v>
-      </c>
-[...19 lines deleted...]
-        <v>1474</v>
       </c>
     </row>
     <row r="391" spans="1:9">
       <c r="A391" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D391" s="1">
+        <v>2007</v>
+      </c>
+      <c r="E391" s="1" t="s">
         <v>1475</v>
       </c>
-      <c r="B391" s="1" t="s">
+      <c r="F391" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H391" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="I391" s="1" t="s">
         <v>1476</v>
-      </c>
-[...19 lines deleted...]
-        <v>1477</v>
       </c>
     </row>
     <row r="392" spans="1:9">
       <c r="A392" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B392" s="1" t="s">
         <v>1478</v>
       </c>
-      <c r="B392" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C392" s="1" t="s">
-        <v>58</v>
+        <v>140</v>
       </c>
       <c r="D392" s="1">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="E392" s="1" t="s">
-        <v>478</v>
+        <v>356</v>
       </c>
       <c r="F392" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G392" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H392" s="1" t="s">
-        <v>1124</v>
+        <v>48</v>
       </c>
       <c r="I392" s="1" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="393" spans="1:9">
       <c r="A393" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B393" s="1" t="s">
         <v>1481</v>
       </c>
-      <c r="B393" s="1" t="s">
+      <c r="C393" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D393" s="1">
+        <v>2006</v>
+      </c>
+      <c r="E393" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="F393" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H393" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I393" s="1" t="s">
         <v>1482</v>
-      </c>
-[...19 lines deleted...]
-        <v>1483</v>
       </c>
     </row>
     <row r="394" spans="1:9">
       <c r="A394" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B394" s="1" t="s">
         <v>1484</v>
       </c>
-      <c r="B394" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C394" s="1" t="s">
-        <v>107</v>
+        <v>371</v>
       </c>
       <c r="D394" s="1">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="E394" s="1" t="s">
-        <v>190</v>
+        <v>225</v>
       </c>
       <c r="F394" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="H394" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I394" s="1" t="s">
-        <v>1486</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="A395" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B395" s="1" t="s">
         <v>1487</v>
       </c>
-      <c r="B395" s="1" t="s">
+      <c r="C395" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D395" s="1">
+        <v>2004</v>
+      </c>
+      <c r="E395" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="F395" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H395" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I395" s="1" t="s">
         <v>1488</v>
-      </c>
-[...19 lines deleted...]
-        <v>1490</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="A396" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D396" s="1">
+        <v>2016</v>
+      </c>
+      <c r="E396" s="1" t="s">
         <v>1491</v>
       </c>
-      <c r="B396" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F396" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H396" s="1" t="s">
-        <v>462</v>
+        <v>113</v>
       </c>
       <c r="I396" s="1" t="s">
         <v>1492</v>
       </c>
     </row>
     <row r="397" spans="1:9">
       <c r="A397" s="1" t="s">
         <v>1493</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1494</v>
+        <v>153</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>11</v>
+        <v>126</v>
       </c>
       <c r="D397" s="1">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E397" s="1" t="s">
-        <v>566</v>
+        <v>33</v>
       </c>
       <c r="F397" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G397" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H397" s="1" t="s">
-        <v>48</v>
+        <v>462</v>
       </c>
       <c r="I397" s="1" t="s">
-        <v>1495</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="398" spans="1:9">
       <c r="A398" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B398" s="1" t="s">
         <v>1496</v>
       </c>
-      <c r="B398" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C398" s="1" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="D398" s="1">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="E398" s="1" t="s">
-        <v>243</v>
+        <v>566</v>
       </c>
       <c r="F398" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G398" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H398" s="1" t="s">
-        <v>103</v>
+        <v>48</v>
       </c>
       <c r="I398" s="1" t="s">
-        <v>1498</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="399" spans="1:9">
       <c r="A399" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B399" s="1" t="s">
         <v>1499</v>
       </c>
-      <c r="B399" s="1" t="s">
+      <c r="C399" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D399" s="1">
+        <v>2013</v>
+      </c>
+      <c r="E399" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="F399" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H399" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="I399" s="1" t="s">
         <v>1500</v>
-      </c>
-[...19 lines deleted...]
-        <v>1502</v>
       </c>
     </row>
     <row r="400" spans="1:9">
       <c r="A400" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D400" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E400" s="1" t="s">
         <v>1503</v>
       </c>
-      <c r="B400" s="1" t="s">
+      <c r="F400" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H400" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="I400" s="1" t="s">
         <v>1504</v>
-      </c>
-[...19 lines deleted...]
-        <v>1505</v>
       </c>
     </row>
     <row r="401" spans="1:9">
       <c r="A401" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B401" s="1" t="s">
         <v>1506</v>
       </c>
-      <c r="B401" s="1" t="s">
+      <c r="C401" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D401" s="1">
+        <v>2015</v>
+      </c>
+      <c r="E401" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="F401" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H401" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I401" s="1" t="s">
         <v>1507</v>
-      </c>
-[...19 lines deleted...]
-        <v>1508</v>
       </c>
     </row>
     <row r="402" spans="1:9">
       <c r="A402" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B402" s="1" t="s">
         <v>1509</v>
       </c>
-      <c r="B402" s="1" t="s">
+      <c r="C402" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D402" s="1">
+        <v>2016</v>
+      </c>
+      <c r="E402" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="F402" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H402" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="I402" s="1" t="s">
         <v>1510</v>
-      </c>
-[...19 lines deleted...]
-        <v>1512</v>
       </c>
     </row>
     <row r="403" spans="1:9">
       <c r="A403" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D403" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E403" s="1" t="s">
         <v>1513</v>
       </c>
-      <c r="B403" s="1" t="s">
+      <c r="F403" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H403" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I403" s="1" t="s">
         <v>1514</v>
-      </c>
-[...19 lines deleted...]
-        <v>1515</v>
       </c>
     </row>
     <row r="404" spans="1:9">
       <c r="A404" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B404" s="1" t="s">
         <v>1516</v>
       </c>
-      <c r="B404" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C404" s="1" t="s">
-        <v>254</v>
+        <v>1429</v>
       </c>
       <c r="D404" s="1">
-        <v>2004</v>
+        <v>2019</v>
       </c>
       <c r="E404" s="1" t="s">
-        <v>661</v>
+        <v>437</v>
       </c>
       <c r="F404" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G404" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H404" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="I404" s="1" t="s">
-        <v>1518</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="405" spans="1:9">
       <c r="A405" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B405" s="1" t="s">
         <v>1519</v>
       </c>
-      <c r="B405" s="1" t="s">
+      <c r="C405" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D405" s="1">
+        <v>2004</v>
+      </c>
+      <c r="E405" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="F405" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H405" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I405" s="1" t="s">
         <v>1520</v>
-      </c>
-[...19 lines deleted...]
-        <v>1521</v>
       </c>
     </row>
     <row r="406" spans="1:9">
       <c r="A406" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B406" s="1" t="s">
         <v>1522</v>
       </c>
-      <c r="B406" s="1" t="s">
+      <c r="C406" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D406" s="1">
+        <v>2002</v>
+      </c>
+      <c r="E406" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="F406" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H406" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="I406" s="1" t="s">
         <v>1523</v>
-      </c>
-[...19 lines deleted...]
-        <v>1524</v>
       </c>
     </row>
     <row r="407" spans="1:9">
       <c r="A407" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B407" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="B407" s="1" t="s">
+      <c r="C407" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D407" s="1">
+        <v>2010</v>
+      </c>
+      <c r="E407" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="F407" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H407" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I407" s="1" t="s">
         <v>1526</v>
-      </c>
-[...19 lines deleted...]
-        <v>1527</v>
       </c>
     </row>
     <row r="408" spans="1:9">
       <c r="A408" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B408" s="1" t="s">
         <v>1528</v>
       </c>
-      <c r="B408" s="1" t="s">
+      <c r="C408" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D408" s="1">
+        <v>2000</v>
+      </c>
+      <c r="E408" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="F408" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H408" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="I408" s="1" t="s">
         <v>1529</v>
       </c>
-      <c r="C408" s="1" t="s">
-[...17 lines deleted...]
-      <c r="I408" s="1"/>
     </row>
     <row r="409" spans="1:9">
       <c r="A409" s="1" t="s">
         <v>1530</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>1531</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>345</v>
+        <v>318</v>
       </c>
       <c r="D409" s="1">
-        <v>2001</v>
+        <v>2012</v>
       </c>
       <c r="E409" s="1" t="s">
-        <v>229</v>
+        <v>141</v>
       </c>
       <c r="F409" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>47</v>
+        <v>200</v>
       </c>
       <c r="H409" s="1" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="I409" s="1"/>
     </row>
     <row r="410" spans="1:9">
       <c r="A410" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B410" s="1" t="s">
         <v>1533</v>
-      </c>
-[...1 lines deleted...]
-        <v>1534</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>345</v>
       </c>
       <c r="D410" s="1">
-        <v>2007</v>
+        <v>2001</v>
       </c>
       <c r="E410" s="1" t="s">
-        <v>275</v>
+        <v>229</v>
       </c>
       <c r="F410" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H410" s="1" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="I410" s="1" t="s">
-        <v>1535</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="411" spans="1:9">
       <c r="A411" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B411" s="1" t="s">
         <v>1536</v>
       </c>
-      <c r="B411" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C411" s="1" t="s">
-        <v>800</v>
+        <v>345</v>
       </c>
       <c r="D411" s="1">
         <v>2007</v>
       </c>
       <c r="E411" s="1" t="s">
-        <v>46</v>
+        <v>275</v>
       </c>
       <c r="F411" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>91</v>
+        <v>40</v>
       </c>
       <c r="H411" s="1" t="s">
-        <v>60</v>
+        <v>118</v>
       </c>
       <c r="I411" s="1" t="s">
-        <v>251</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="412" spans="1:9">
       <c r="A412" s="1" t="s">
         <v>1538</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>1539</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>126</v>
+        <v>804</v>
       </c>
       <c r="D412" s="1">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="E412" s="1" t="s">
-        <v>647</v>
+        <v>46</v>
       </c>
       <c r="F412" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>47</v>
+        <v>91</v>
       </c>
       <c r="H412" s="1" t="s">
-        <v>118</v>
+        <v>60</v>
       </c>
       <c r="I412" s="1" t="s">
-        <v>1540</v>
+        <v>251</v>
       </c>
     </row>
     <row r="413" spans="1:9">
       <c r="A413" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B413" s="1" t="s">
         <v>1541</v>
       </c>
-      <c r="B413" s="1" t="s">
+      <c r="C413" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D413" s="1">
+        <v>2010</v>
+      </c>
+      <c r="E413" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="F413" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H413" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="I413" s="1" t="s">
         <v>1542</v>
-      </c>
-[...19 lines deleted...]
-        <v>1543</v>
       </c>
     </row>
     <row r="414" spans="1:9">
       <c r="A414" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B414" s="1" t="s">
         <v>1544</v>
       </c>
-      <c r="B414" s="1" t="s">
+      <c r="C414" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="D414" s="1">
+        <v>2022</v>
+      </c>
+      <c r="E414" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="F414" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H414" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="I414" s="1" t="s">
         <v>1545</v>
-      </c>
-[...19 lines deleted...]
-        <v>1546</v>
       </c>
     </row>
     <row r="415" spans="1:9">
       <c r="A415" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B415" s="1" t="s">
         <v>1547</v>
       </c>
-      <c r="B415" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C415" s="1" t="s">
-        <v>1549</v>
+        <v>968</v>
       </c>
       <c r="D415" s="1">
         <v>2017</v>
       </c>
       <c r="E415" s="1" t="s">
-        <v>190</v>
+        <v>1093</v>
       </c>
       <c r="F415" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="H415" s="1" t="s">
-        <v>113</v>
+        <v>60</v>
       </c>
       <c r="I415" s="1" t="s">
-        <v>1550</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="416" spans="1:9">
       <c r="A416" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D416" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E416" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="F416" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H416" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I416" s="1" t="s">
         <v>1551</v>
-      </c>
-[...22 lines deleted...]
-        <v>1553</v>
       </c>
     </row>
     <row r="417" spans="1:9">
       <c r="A417" s="1" t="s">
-        <v>1554</v>
+        <v>1552</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1555</v>
+        <v>1553</v>
       </c>
       <c r="C417" s="1" t="s">
         <v>417</v>
       </c>
       <c r="D417" s="1">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="E417" s="1" t="s">
-        <v>441</v>
+        <v>1491</v>
       </c>
       <c r="F417" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G417" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H417" s="1" t="s">
-        <v>72</v>
+        <v>1136</v>
       </c>
       <c r="I417" s="1" t="s">
-        <v>1556</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="418" spans="1:9">
       <c r="A418" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="D418" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E418" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="F418" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H418" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="I418" s="1" t="s">
         <v>1557</v>
-      </c>
-[...22 lines deleted...]
-        <v>1560</v>
       </c>
     </row>
     <row r="419" spans="1:9">
       <c r="A419" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D419" s="1">
+        <v>2010</v>
+      </c>
+      <c r="E419" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F419" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H419" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="I419" s="1" t="s">
         <v>1561</v>
-      </c>
-[...22 lines deleted...]
-        <v>1563</v>
       </c>
     </row>
     <row r="420" spans="1:9">
       <c r="A420" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C420" s="1" t="s">
         <v>1564</v>
       </c>
-      <c r="B420" s="1" t="s">
+      <c r="D420" s="1">
+        <v>2013</v>
+      </c>
+      <c r="E420" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="F420" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H420" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I420" s="1" t="s">
         <v>1565</v>
-      </c>
-[...19 lines deleted...]
-        <v>1566</v>
       </c>
     </row>
     <row r="421" spans="1:9">
       <c r="A421" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B421" s="1" t="s">
         <v>1567</v>
       </c>
-      <c r="B421" s="1" t="s">
+      <c r="C421" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D421" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E421" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="F421" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H421" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="I421" s="1" t="s">
         <v>1568</v>
-      </c>
-[...19 lines deleted...]
-        <v>1569</v>
       </c>
     </row>
     <row r="422" spans="1:9">
       <c r="A422" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B422" s="1" t="s">
         <v>1570</v>
       </c>
-      <c r="B422" s="1" t="s">
+      <c r="C422" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="D422" s="1">
+        <v>2018</v>
+      </c>
+      <c r="E422" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="F422" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H422" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I422" s="1" t="s">
         <v>1571</v>
-      </c>
-[...19 lines deleted...]
-        <v>1572</v>
       </c>
     </row>
     <row r="423" spans="1:9">
       <c r="A423" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B423" s="1" t="s">
         <v>1573</v>
       </c>
-      <c r="B423" s="1" t="s">
+      <c r="C423" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D423" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E423" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="F423" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H423" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="I423" s="1" t="s">
         <v>1574</v>
-      </c>
-[...19 lines deleted...]
-        <v>1575</v>
       </c>
     </row>
     <row r="424" spans="1:9">
       <c r="A424" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B424" s="1" t="s">
         <v>1576</v>
       </c>
-      <c r="B424" s="1" t="s">
+      <c r="C424" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D424" s="1">
+        <v>2001</v>
+      </c>
+      <c r="E424" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="F424" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H424" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I424" s="1" t="s">
         <v>1577</v>
-      </c>
-[...19 lines deleted...]
-        <v>1579</v>
       </c>
     </row>
     <row r="425" spans="1:9">
       <c r="A425" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C425" s="1" t="s">
         <v>1580</v>
       </c>
-      <c r="B425" s="1" t="s">
+      <c r="D425" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E425" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="F425" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="H425" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="I425" s="1" t="s">
         <v>1581</v>
-      </c>
-[...19 lines deleted...]
-        <v>1582</v>
       </c>
     </row>
     <row r="426" spans="1:9">
       <c r="A426" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B426" s="1" t="s">
         <v>1583</v>
       </c>
-      <c r="B426" s="1" t="s">
+      <c r="C426" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="D426" s="1">
+        <v>2011</v>
+      </c>
+      <c r="E426" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="F426" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H426" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I426" s="1" t="s">
         <v>1584</v>
-      </c>
-[...19 lines deleted...]
-        <v>1585</v>
       </c>
     </row>
     <row r="427" spans="1:9">
       <c r="A427" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B427" s="1" t="s">
         <v>1586</v>
       </c>
-      <c r="B427" s="1" t="s">
+      <c r="C427" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D427" s="1">
+        <v>2024</v>
+      </c>
+      <c r="E427" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F427" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H427" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="I427" s="1" t="s">
         <v>1587</v>
-      </c>
-[...19 lines deleted...]
-        <v>1588</v>
       </c>
     </row>
     <row r="428" spans="1:9">
       <c r="A428" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B428" s="1" t="s">
         <v>1589</v>
       </c>
-      <c r="B428" s="1" t="s">
+      <c r="C428" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D428" s="1">
+        <v>2018</v>
+      </c>
+      <c r="E428" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="F428" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H428" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I428" s="1" t="s">
         <v>1590</v>
-      </c>
-[...19 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="429" spans="1:9">
       <c r="A429" s="1" t="s">
         <v>1591</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>1592</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1305</v>
+        <v>804</v>
       </c>
       <c r="D429" s="1">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E429" s="1" t="s">
-        <v>948</v>
+        <v>387</v>
       </c>
       <c r="F429" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="H429" s="1" t="s">
-        <v>756</v>
+        <v>60</v>
       </c>
       <c r="I429" s="1" t="s">
-        <v>1593</v>
+        <v>251</v>
       </c>
     </row>
     <row r="430" spans="1:9">
       <c r="A430" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B430" s="1" t="s">
         <v>1594</v>
       </c>
-      <c r="B430" s="1" t="s">
+      <c r="C430" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D430" s="1">
+        <v>1992</v>
+      </c>
+      <c r="E430" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="F430" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H430" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="I430" s="1" t="s">
         <v>1595</v>
-      </c>
-[...19 lines deleted...]
-        <v>1596</v>
       </c>
     </row>
     <row r="431" spans="1:9">
       <c r="A431" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B431" s="1" t="s">
         <v>1597</v>
       </c>
-      <c r="B431" s="1" t="s">
+      <c r="C431" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D431" s="1">
+        <v>2001</v>
+      </c>
+      <c r="E431" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="F431" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H431" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I431" s="1" t="s">
         <v>1598</v>
-      </c>
-[...19 lines deleted...]
-        <v>1600</v>
       </c>
     </row>
     <row r="432" spans="1:9">
       <c r="A432" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D432" s="1">
+        <v>2010</v>
+      </c>
+      <c r="E432" s="1" t="s">
         <v>1601</v>
       </c>
-      <c r="B432" s="1" t="s">
+      <c r="F432" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H432" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="I432" s="1" t="s">
         <v>1602</v>
-      </c>
-[...19 lines deleted...]
-        <v>1604</v>
       </c>
     </row>
     <row r="433" spans="1:9">
       <c r="A433" s="1" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C433" s="1" t="s">
         <v>1605</v>
       </c>
-      <c r="B433" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D433" s="1">
-        <v>2001</v>
+        <v>2023</v>
       </c>
       <c r="E433" s="1" t="s">
-        <v>102</v>
+        <v>705</v>
       </c>
       <c r="F433" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G433" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H433" s="1" t="s">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="I433" s="1" t="s">
-        <v>1607</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="434" spans="1:9">
       <c r="A434" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B434" s="1" t="s">
         <v>1608</v>
       </c>
-      <c r="B434" s="1" t="s">
+      <c r="C434" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D434" s="1">
+        <v>2001</v>
+      </c>
+      <c r="E434" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="F434" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H434" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I434" s="1" t="s">
         <v>1609</v>
-      </c>
-[...19 lines deleted...]
-        <v>1612</v>
       </c>
     </row>
     <row r="435" spans="1:9">
       <c r="A435" s="1" t="s">
-        <v>1613</v>
+        <v>1610</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1614</v>
+        <v>1611</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1426</v>
+        <v>355</v>
       </c>
       <c r="D435" s="1">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="E435" s="1" t="s">
-        <v>289</v>
+        <v>1612</v>
       </c>
       <c r="F435" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G435" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H435" s="1" t="s">
-        <v>97</v>
+        <v>1613</v>
       </c>
       <c r="I435" s="1" t="s">
-        <v>1615</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="436" spans="1:9">
       <c r="A436" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B436" s="1" t="s">
         <v>1616</v>
       </c>
-      <c r="B436" s="1" t="s">
+      <c r="C436" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D436" s="1">
+        <v>2015</v>
+      </c>
+      <c r="E436" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="F436" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H436" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="I436" s="1" t="s">
         <v>1617</v>
-      </c>
-[...19 lines deleted...]
-        <v>1618</v>
       </c>
     </row>
     <row r="437" spans="1:9">
       <c r="A437" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B437" s="1" t="s">
         <v>1619</v>
       </c>
-      <c r="B437" s="1" t="s">
+      <c r="C437" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="D437" s="1">
+        <v>2005</v>
+      </c>
+      <c r="E437" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="F437" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H437" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="I437" s="1" t="s">
         <v>1620</v>
       </c>
-      <c r="C437" s="1" t="s">
-[...17 lines deleted...]
-      <c r="I437" s="1"/>
     </row>
     <row r="438" spans="1:9">
       <c r="A438" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B438" s="1" t="s">
         <v>1622</v>
       </c>
-      <c r="B438" s="1" t="s">
+      <c r="C438" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D438" s="1">
+        <v>2001</v>
+      </c>
+      <c r="E438" s="1" t="s">
         <v>1623</v>
       </c>
-      <c r="C438" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F438" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>40</v>
+        <v>195</v>
       </c>
       <c r="H438" s="1" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>1128</v>
+      </c>
+      <c r="I438" s="1"/>
     </row>
     <row r="439" spans="1:9">
       <c r="A439" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B439" s="1" t="s">
         <v>1625</v>
       </c>
-      <c r="B439" s="1" t="s">
+      <c r="C439" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D439" s="1">
+        <v>2020</v>
+      </c>
+      <c r="E439" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="F439" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H439" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I439" s="1" t="s">
         <v>1626</v>
-      </c>
-[...19 lines deleted...]
-        <v>1627</v>
       </c>
     </row>
     <row r="440" spans="1:9">
       <c r="A440" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B440" s="1" t="s">
         <v>1628</v>
       </c>
-      <c r="B440" s="1" t="s">
+      <c r="C440" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D440" s="1">
+        <v>2005</v>
+      </c>
+      <c r="E440" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="F440" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H440" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="I440" s="1" t="s">
         <v>1629</v>
-      </c>
-[...19 lines deleted...]
-        <v>1630</v>
       </c>
     </row>
     <row r="441" spans="1:9">
       <c r="A441" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B441" s="1" t="s">
         <v>1631</v>
       </c>
-      <c r="B441" s="1" t="s">
+      <c r="C441" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D441" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E441" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F441" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H441" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="I441" s="1" t="s">
         <v>1632</v>
-      </c>
-[...19 lines deleted...]
-        <v>1633</v>
       </c>
     </row>
     <row r="442" spans="1:9">
       <c r="A442" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B442" s="1" t="s">
         <v>1634</v>
       </c>
-      <c r="B442" s="1" t="s">
+      <c r="C442" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D442" s="1">
+        <v>2015</v>
+      </c>
+      <c r="E442" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="F442" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H442" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="I442" s="1" t="s">
         <v>1635</v>
-      </c>
-[...19 lines deleted...]
-        <v>1636</v>
       </c>
     </row>
     <row r="443" spans="1:9">
       <c r="A443" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B443" s="1" t="s">
         <v>1637</v>
       </c>
-      <c r="B443" s="1" t="s">
+      <c r="C443" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D443" s="1">
+        <v>2020</v>
+      </c>
+      <c r="E443" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="F443" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H443" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="I443" s="1" t="s">
         <v>1638</v>
-      </c>
-[...19 lines deleted...]
-        <v>1639</v>
       </c>
     </row>
     <row r="444" spans="1:9">
       <c r="A444" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B444" s="1" t="s">
         <v>1640</v>
       </c>
-      <c r="B444" s="1" t="s">
+      <c r="C444" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D444" s="1">
+        <v>2006</v>
+      </c>
+      <c r="E444" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="F444" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H444" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="I444" s="1" t="s">
         <v>1641</v>
-      </c>
-[...19 lines deleted...]
-        <v>1642</v>
       </c>
     </row>
     <row r="445" spans="1:9">
       <c r="A445" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B445" s="1" t="s">
         <v>1643</v>
       </c>
-      <c r="B445" s="1" t="s">
+      <c r="C445" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D445" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E445" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="F445" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H445" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I445" s="1" t="s">
         <v>1644</v>
-      </c>
-[...19 lines deleted...]
-        <v>1646</v>
       </c>
     </row>
     <row r="446" spans="1:9">
       <c r="A446" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B446" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D446" s="1">
+        <v>2009</v>
+      </c>
+      <c r="E446" s="1" t="s">
         <v>1647</v>
-      </c>
-[...10 lines deleted...]
-        <v>437</v>
       </c>
       <c r="F446" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G446" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H446" s="1" t="s">
-        <v>48</v>
+        <v>97</v>
       </c>
       <c r="I446" s="1" t="s">
         <v>1648</v>
       </c>
     </row>
     <row r="447" spans="1:9">
       <c r="A447" s="1" t="s">
         <v>1649</v>
       </c>
       <c r="B447" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C447" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D447" s="1">
+        <v>2016</v>
+      </c>
+      <c r="E447" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="F447" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H447" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I447" s="1" t="s">
         <v>1650</v>
-      </c>
-[...19 lines deleted...]
-        <v>1651</v>
       </c>
     </row>
     <row r="448" spans="1:9">
       <c r="A448" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B448" s="1" t="s">
         <v>1652</v>
       </c>
-      <c r="B448" s="1" t="s">
+      <c r="C448" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D448" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E448" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="F448" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H448" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I448" s="1" t="s">
         <v>1653</v>
-      </c>
-[...19 lines deleted...]
-        <v>1655</v>
       </c>
     </row>
     <row r="449" spans="1:9">
       <c r="A449" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B449" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C449" s="1" t="s">
         <v>1656</v>
       </c>
-      <c r="B449" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D449" s="1">
-        <v>2018</v>
+        <v>2007</v>
       </c>
       <c r="E449" s="1" t="s">
-        <v>199</v>
+        <v>387</v>
       </c>
       <c r="F449" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G449" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H449" s="1" t="s">
-        <v>1002</v>
+        <v>1235</v>
       </c>
       <c r="I449" s="1" t="s">
-        <v>1659</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="450" spans="1:9">
       <c r="A450" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B450" s="1" t="s">
+        <v>1659</v>
+      </c>
+      <c r="C450" s="1" t="s">
         <v>1660</v>
       </c>
-      <c r="B450" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D450" s="1">
-        <v>2006</v>
+        <v>2018</v>
       </c>
       <c r="E450" s="1" t="s">
-        <v>1662</v>
+        <v>199</v>
       </c>
       <c r="F450" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G450" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H450" s="1" t="s">
-        <v>48</v>
+        <v>1006</v>
       </c>
       <c r="I450" s="1" t="s">
-        <v>1663</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="451" spans="1:9">
       <c r="A451" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="B451" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C451" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D451" s="1">
+        <v>2006</v>
+      </c>
+      <c r="E451" s="1" t="s">
         <v>1664</v>
-      </c>
-[...10 lines deleted...]
-        <v>736</v>
       </c>
       <c r="F451" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G451" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H451" s="1" t="s">
-        <v>756</v>
+        <v>48</v>
       </c>
       <c r="I451" s="1" t="s">
-        <v>1666</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="452" spans="1:9">
       <c r="A452" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B452" s="1" t="s">
         <v>1667</v>
-      </c>
-[...1 lines deleted...]
-        <v>1668</v>
       </c>
       <c r="C452" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D452" s="1">
-        <v>2012</v>
+        <v>2001</v>
       </c>
       <c r="E452" s="1" t="s">
-        <v>65</v>
+        <v>740</v>
       </c>
       <c r="F452" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="H452" s="1" t="s">
-        <v>97</v>
+        <v>760</v>
       </c>
       <c r="I452" s="1" t="s">
-        <v>1669</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="453" spans="1:9">
       <c r="A453" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B453" s="1" t="s">
         <v>1670</v>
       </c>
-      <c r="B453" s="1" t="s">
+      <c r="C453" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D453" s="1">
+        <v>2012</v>
+      </c>
+      <c r="E453" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="F453" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H453" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="I453" s="1" t="s">
         <v>1671</v>
-      </c>
-[...19 lines deleted...]
-        <v>1673</v>
       </c>
     </row>
     <row r="454" spans="1:9">
       <c r="A454" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B454" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C454" s="1" t="s">
         <v>1674</v>
       </c>
-      <c r="B454" s="1" t="s">
-[...6 lines deleted...]
-        <v>1676</v>
+      <c r="D454" s="1">
+        <v>2009</v>
       </c>
       <c r="E454" s="1" t="s">
-        <v>1677</v>
+        <v>46</v>
       </c>
       <c r="F454" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G454" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H454" s="1" t="s">
-        <v>1678</v>
+        <v>118</v>
       </c>
       <c r="I454" s="1" t="s">
-        <v>1679</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="455" spans="1:9">
       <c r="A455" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B455" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C455" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E455" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="F455" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H455" s="1" t="s">
         <v>1680</v>
       </c>
-      <c r="B455" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C455" s="1" t="s">
+      <c r="I455" s="1" t="s">
         <v>1681</v>
-      </c>
-[...16 lines deleted...]
-        <v>1682</v>
       </c>
     </row>
     <row r="456" spans="1:9">
       <c r="A456" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B456" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C456" s="1" t="s">
         <v>1683</v>
       </c>
-      <c r="B456" s="1" t="s">
+      <c r="D456" s="1">
+        <v>2018</v>
+      </c>
+      <c r="E456" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="F456" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H456" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I456" s="1" t="s">
         <v>1684</v>
       </c>
-      <c r="C456" s="1" t="s">
-[...17 lines deleted...]
-      <c r="I456" s="1"/>
     </row>
     <row r="457" spans="1:9">
       <c r="A457" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B457" s="1" t="s">
         <v>1686</v>
       </c>
-      <c r="B457" s="1" t="s">
+      <c r="C457" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D457" s="1">
+        <v>2001</v>
+      </c>
+      <c r="E457" s="1" t="s">
         <v>1687</v>
       </c>
-      <c r="C457" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F457" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>66</v>
+        <v>923</v>
       </c>
       <c r="H457" s="1" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="I457" s="1"/>
     </row>
     <row r="458" spans="1:9">
       <c r="A458" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B458" s="1" t="s">
         <v>1689</v>
       </c>
-      <c r="B458" s="1" t="s">
+      <c r="C458" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D458" s="1">
+        <v>2012</v>
+      </c>
+      <c r="E458" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="F458" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H458" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I458" s="1" t="s">
         <v>1690</v>
-      </c>
-[...19 lines deleted...]
-        <v>1691</v>
       </c>
     </row>
     <row r="459" spans="1:9">
       <c r="A459" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B459" s="1" t="s">
         <v>1692</v>
       </c>
-      <c r="B459" s="1" t="s">
+      <c r="C459" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D459" s="1">
+        <v>2007</v>
+      </c>
+      <c r="E459" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F459" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H459" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I459" s="1" t="s">
         <v>1693</v>
-      </c>
-[...19 lines deleted...]
-        <v>1695</v>
       </c>
     </row>
     <row r="460" spans="1:9">
       <c r="A460" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B460" s="1" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C460" s="1" t="s">
         <v>1696</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="D460" s="1">
         <v>2014</v>
       </c>
       <c r="E460" s="1" t="s">
-        <v>271</v>
+        <v>190</v>
       </c>
       <c r="F460" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="H460" s="1" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="I460" s="1" t="s">
-        <v>1698</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="461" spans="1:9">
       <c r="A461" s="1" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B461" s="1" t="s">
         <v>1699</v>
-      </c>
-[...1 lines deleted...]
-        <v>1700</v>
       </c>
       <c r="C461" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D461" s="1">
-        <v>1999</v>
+        <v>2014</v>
       </c>
       <c r="E461" s="1" t="s">
-        <v>84</v>
+        <v>271</v>
       </c>
       <c r="F461" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="H461" s="1" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="I461" s="1" t="s">
-        <v>1701</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="462" spans="1:9">
       <c r="A462" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B462" s="1" t="s">
         <v>1702</v>
-      </c>
-[...1 lines deleted...]
-        <v>1703</v>
       </c>
       <c r="C462" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D462" s="1">
-        <v>1993</v>
+        <v>1999</v>
       </c>
       <c r="E462" s="1" t="s">
-        <v>437</v>
+        <v>84</v>
       </c>
       <c r="F462" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="H462" s="1" t="s">
-        <v>1124</v>
+        <v>21</v>
       </c>
       <c r="I462" s="1" t="s">
-        <v>1704</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="463" spans="1:9">
       <c r="A463" s="1" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B463" s="1" t="s">
         <v>1705</v>
       </c>
-      <c r="B463" s="1" t="s">
+      <c r="C463" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D463" s="1">
+        <v>1993</v>
+      </c>
+      <c r="E463" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="F463" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H463" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I463" s="1" t="s">
         <v>1706</v>
-      </c>
-[...19 lines deleted...]
-        <v>1707</v>
       </c>
     </row>
     <row r="464" spans="1:9">
       <c r="A464" s="1" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B464" s="1" t="s">
         <v>1708</v>
       </c>
-      <c r="B464" s="1" t="s">
+      <c r="C464" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D464" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E464" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="F464" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H464" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I464" s="1" t="s">
         <v>1709</v>
-      </c>
-[...19 lines deleted...]
-        <v>1710</v>
       </c>
     </row>
     <row r="465" spans="1:9">
       <c r="A465" s="1" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B465" s="1" t="s">
         <v>1711</v>
       </c>
-      <c r="B465" s="1" t="s">
+      <c r="C465" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D465" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E465" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="F465" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H465" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="I465" s="1" t="s">
         <v>1712</v>
-      </c>
-[...19 lines deleted...]
-        <v>1714</v>
       </c>
     </row>
     <row r="466" spans="1:9">
       <c r="A466" s="1" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B466" s="1" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C466" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D466" s="1">
+        <v>2003</v>
+      </c>
+      <c r="E466" s="1" t="s">
         <v>1715</v>
       </c>
-      <c r="B466" s="1" t="s">
+      <c r="F466" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H466" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="I466" s="1" t="s">
         <v>1716</v>
-      </c>
-[...19 lines deleted...]
-        <v>1719</v>
       </c>
     </row>
     <row r="467" spans="1:9">
       <c r="A467" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B467" s="1" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C467" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D467" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E467" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="F467" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G467" s="1" t="s">
         <v>1720</v>
       </c>
-      <c r="B467" s="1" t="s">
+      <c r="H467" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I467" s="1" t="s">
         <v>1721</v>
-      </c>
-[...19 lines deleted...]
-        <v>1722</v>
       </c>
     </row>
     <row r="468" spans="1:9">
       <c r="A468" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B468" s="1" t="s">
         <v>1723</v>
       </c>
-      <c r="B468" s="1" t="s">
+      <c r="C468" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D468" s="1">
+        <v>2010</v>
+      </c>
+      <c r="E468" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="F468" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H468" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="I468" s="1" t="s">
         <v>1724</v>
-      </c>
-[...19 lines deleted...]
-        <v>1725</v>
       </c>
     </row>
     <row r="469" spans="1:9">
       <c r="A469" s="1" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B469" s="1" t="s">
         <v>1726</v>
       </c>
-      <c r="B469" s="1" t="s">
+      <c r="C469" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D469" s="1">
+        <v>2005</v>
+      </c>
+      <c r="E469" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="F469" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H469" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I469" s="1" t="s">
         <v>1727</v>
-      </c>
-[...19 lines deleted...]
-        <v>1730</v>
       </c>
     </row>
     <row r="470" spans="1:9">
       <c r="A470" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B470" s="1" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C470" s="1" t="s">
+        <v>1730</v>
+      </c>
+      <c r="D470" s="1">
+        <v>2007</v>
+      </c>
+      <c r="E470" s="1" t="s">
         <v>1731</v>
       </c>
-      <c r="B470" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F470" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="H470" s="1" t="s">
         <v>351</v>
       </c>
       <c r="I470" s="1" t="s">
-        <v>1733</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="471" spans="1:9">
       <c r="A471" s="1" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B471" s="1" t="s">
         <v>1734</v>
-      </c>
-[...1 lines deleted...]
-        <v>1735</v>
       </c>
       <c r="C471" s="1" t="s">
         <v>254</v>
       </c>
       <c r="D471" s="1">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="E471" s="1" t="s">
-        <v>1157</v>
+        <v>220</v>
       </c>
       <c r="F471" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>66</v>
+        <v>14</v>
       </c>
       <c r="H471" s="1" t="s">
-        <v>48</v>
+        <v>351</v>
       </c>
       <c r="I471" s="1" t="s">
-        <v>1736</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="472" spans="1:9">
       <c r="A472" s="1" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B472" s="1" t="s">
         <v>1737</v>
       </c>
-      <c r="B472" s="1" t="s">
+      <c r="C472" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D472" s="1">
+        <v>2001</v>
+      </c>
+      <c r="E472" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F472" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H472" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I472" s="1" t="s">
         <v>1738</v>
-      </c>
-[...19 lines deleted...]
-        <v>1739</v>
       </c>
     </row>
     <row r="473" spans="1:9">
       <c r="A473" s="1" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B473" s="1" t="s">
         <v>1740</v>
       </c>
-      <c r="B473" s="1" t="s">
+      <c r="C473" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D473" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E473" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="F473" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H473" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="I473" s="1" t="s">
         <v>1741</v>
-      </c>
-[...19 lines deleted...]
-        <v>1743</v>
       </c>
     </row>
     <row r="474" spans="1:9">
       <c r="A474" s="1" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B474" s="1" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C474" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="D474" s="1">
+        <v>2022</v>
+      </c>
+      <c r="E474" s="1" t="s">
         <v>1744</v>
       </c>
-      <c r="B474" s="1" t="s">
+      <c r="F474" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H474" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="I474" s="1" t="s">
         <v>1745</v>
-      </c>
-[...19 lines deleted...]
-        <v>1746</v>
       </c>
     </row>
     <row r="475" spans="1:9">
       <c r="A475" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B475" s="1" t="s">
         <v>1747</v>
       </c>
-      <c r="B475" s="1" t="s">
+      <c r="C475" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D475" s="1">
+        <v>1992</v>
+      </c>
+      <c r="E475" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="F475" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H475" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="I475" s="1" t="s">
         <v>1748</v>
-      </c>
-[...19 lines deleted...]
-        <v>1749</v>
       </c>
     </row>
     <row r="476" spans="1:9">
       <c r="A476" s="1" t="s">
+        <v>1749</v>
+      </c>
+      <c r="B476" s="1" t="s">
         <v>1750</v>
       </c>
-      <c r="B476" s="1" t="s">
+      <c r="C476" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D476" s="1">
+        <v>2020</v>
+      </c>
+      <c r="E476" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="F476" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H476" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="I476" s="1" t="s">
         <v>1751</v>
-      </c>
-[...19 lines deleted...]
-        <v>1753</v>
       </c>
     </row>
     <row r="477" spans="1:9">
       <c r="A477" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B477" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="C477" s="1" t="s">
         <v>1754</v>
       </c>
-      <c r="B477" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D477" s="1">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E477" s="1" t="s">
-        <v>1157</v>
+        <v>363</v>
       </c>
       <c r="F477" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G477" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H477" s="1" t="s">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="I477" s="1" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="478" spans="1:9">
       <c r="A478" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B478" s="1" t="s">
         <v>1757</v>
       </c>
-      <c r="B478" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C478" s="1" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D478" s="1">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="E478" s="1" t="s">
-        <v>471</v>
+        <v>1161</v>
       </c>
       <c r="F478" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>78</v>
+        <v>14</v>
       </c>
       <c r="H478" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I478" s="1" t="s">
-        <v>1759</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="479" spans="1:9">
       <c r="A479" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B479" s="1" t="s">
         <v>1760</v>
       </c>
-      <c r="B479" s="1" t="s">
+      <c r="C479" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D479" s="1">
+        <v>2022</v>
+      </c>
+      <c r="E479" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="F479" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H479" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I479" s="1" t="s">
         <v>1761</v>
-      </c>
-[...19 lines deleted...]
-        <v>1763</v>
       </c>
     </row>
     <row r="480" spans="1:9">
       <c r="A480" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B480" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C480" s="1" t="s">
         <v>1764</v>
       </c>
-      <c r="B480" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D480" s="1">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="E480" s="1" t="s">
-        <v>1766</v>
+        <v>267</v>
       </c>
       <c r="F480" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G480" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H480" s="1" t="s">
-        <v>1767</v>
+        <v>108</v>
       </c>
       <c r="I480" s="1" t="s">
-        <v>1768</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="481" spans="1:9">
       <c r="A481" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B481" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C481" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="D481" s="1">
+        <v>2024</v>
+      </c>
+      <c r="E481" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="F481" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H481" s="1" t="s">
         <v>1769</v>
       </c>
-      <c r="B481" s="1" t="s">
+      <c r="I481" s="1" t="s">
         <v>1770</v>
-      </c>
-[...19 lines deleted...]
-        <v>1773</v>
       </c>
     </row>
     <row r="482" spans="1:9">
       <c r="A482" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B482" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C482" s="1" t="s">
+        <v>1773</v>
+      </c>
+      <c r="D482" s="1">
+        <v>2005</v>
+      </c>
+      <c r="E482" s="1" t="s">
         <v>1774</v>
       </c>
-      <c r="B482" s="1" t="s">
+      <c r="F482" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H482" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="I482" s="1" t="s">
         <v>1775</v>
-      </c>
-[...19 lines deleted...]
-        <v>1776</v>
       </c>
     </row>
     <row r="483" spans="1:9">
       <c r="A483" s="1" t="s">
+        <v>1776</v>
+      </c>
+      <c r="B483" s="1" t="s">
         <v>1777</v>
-      </c>
-[...1 lines deleted...]
-        <v>1778</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D483" s="1">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E483" s="1" t="s">
-        <v>1779</v>
+        <v>613</v>
       </c>
       <c r="F483" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G483" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H483" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I483" s="1" t="s">
-        <v>1780</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="484" spans="1:9">
       <c r="A484" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B484" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C484" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D484" s="1">
+        <v>2007</v>
+      </c>
+      <c r="E484" s="1" t="s">
         <v>1781</v>
       </c>
-      <c r="B484" s="1" t="s">
+      <c r="F484" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H484" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I484" s="1" t="s">
         <v>1782</v>
-      </c>
-[...19 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="485" spans="1:9">
       <c r="A485" s="1" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B485" s="1" t="s">
         <v>1784</v>
       </c>
-      <c r="B485" s="1" t="s">
+      <c r="C485" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="D485" s="1">
+        <v>2000</v>
+      </c>
+      <c r="E485" s="1" t="s">
         <v>1785</v>
       </c>
-      <c r="C485" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F485" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>200</v>
+        <v>212</v>
       </c>
       <c r="H485" s="1" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="I485" s="1" t="s">
-        <v>1787</v>
+        <v>213</v>
       </c>
     </row>
     <row r="486" spans="1:9">
       <c r="A486" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B486" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C486" s="1" t="s">
         <v>1788</v>
       </c>
-      <c r="B486" s="1" t="s">
+      <c r="D486" s="1">
+        <v>2018</v>
+      </c>
+      <c r="E486" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F486" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H486" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I486" s="1" t="s">
         <v>1789</v>
       </c>
-      <c r="C486" s="1" t="s">
-[...17 lines deleted...]
-      <c r="I486" s="1"/>
     </row>
     <row r="487" spans="1:9">
       <c r="A487" s="1" t="s">
         <v>1790</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>1791</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>233</v>
+        <v>11</v>
       </c>
       <c r="D487" s="1">
-        <v>1999</v>
+        <v>1991</v>
       </c>
       <c r="E487" s="1" t="s">
-        <v>46</v>
+        <v>295</v>
       </c>
       <c r="F487" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>47</v>
+        <v>195</v>
       </c>
       <c r="H487" s="1" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="I487" s="1"/>
     </row>
     <row r="488" spans="1:9">
       <c r="A488" s="1" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B488" s="1" t="s">
         <v>1793</v>
       </c>
-      <c r="B488" s="1" t="s">
+      <c r="C488" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D488" s="1">
+        <v>1999</v>
+      </c>
+      <c r="E488" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F488" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H488" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I488" s="1" t="s">
         <v>1794</v>
-      </c>
-[...19 lines deleted...]
-        <v>1795</v>
       </c>
     </row>
     <row r="489" spans="1:9">
       <c r="A489" s="1" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B489" s="1" t="s">
         <v>1796</v>
       </c>
-      <c r="B489" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C489" s="1" t="s">
-        <v>126</v>
+        <v>107</v>
       </c>
       <c r="D489" s="1">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E489" s="1" t="s">
-        <v>243</v>
+        <v>471</v>
       </c>
       <c r="F489" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>47</v>
+        <v>212</v>
       </c>
       <c r="H489" s="1" t="s">
-        <v>462</v>
+        <v>72</v>
       </c>
       <c r="I489" s="1" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="490" spans="1:9">
       <c r="A490" s="1" t="s">
         <v>1798</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1329</v>
+        <v>153</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>107</v>
+        <v>126</v>
       </c>
       <c r="D490" s="1">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E490" s="1" t="s">
-        <v>59</v>
+        <v>243</v>
       </c>
       <c r="F490" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>212</v>
+        <v>47</v>
       </c>
       <c r="H490" s="1" t="s">
-        <v>108</v>
+        <v>462</v>
       </c>
       <c r="I490" s="1" t="s">
-        <v>213</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="491" spans="1:9">
       <c r="A491" s="1" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1800</v>
+        <v>1333</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>176</v>
+        <v>107</v>
       </c>
       <c r="D491" s="1">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="E491" s="1" t="s">
-        <v>1801</v>
+        <v>59</v>
       </c>
       <c r="F491" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>14</v>
+        <v>212</v>
       </c>
       <c r="H491" s="1" t="s">
-        <v>79</v>
+        <v>108</v>
       </c>
       <c r="I491" s="1" t="s">
-        <v>1802</v>
+        <v>213</v>
       </c>
     </row>
     <row r="492" spans="1:9">
       <c r="A492" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B492" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="C492" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D492" s="1">
+        <v>2010</v>
+      </c>
+      <c r="E492" s="1" t="s">
         <v>1803</v>
       </c>
-      <c r="B492" s="1" t="s">
+      <c r="F492" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H492" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="I492" s="1" t="s">
         <v>1804</v>
-      </c>
-[...19 lines deleted...]
-        <v>1805</v>
       </c>
     </row>
     <row r="493" spans="1:9">
       <c r="A493" s="1" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B493" s="1" t="s">
         <v>1806</v>
       </c>
-      <c r="B493" s="1" t="s">
+      <c r="C493" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D493" s="1">
+        <v>2013</v>
+      </c>
+      <c r="E493" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="F493" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H493" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="I493" s="1" t="s">
         <v>1807</v>
-      </c>
-[...19 lines deleted...]
-        <v>1808</v>
       </c>
     </row>
     <row r="494" spans="1:9">
       <c r="A494" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B494" s="1" t="s">
         <v>1809</v>
       </c>
-      <c r="B494" s="1" t="s">
+      <c r="C494" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D494" s="1">
+        <v>2007</v>
+      </c>
+      <c r="E494" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="F494" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H494" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="I494" s="1" t="s">
         <v>1810</v>
-      </c>
-[...19 lines deleted...]
-        <v>1812</v>
       </c>
     </row>
     <row r="495" spans="1:9">
       <c r="A495" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B495" s="1" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C495" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D495" s="1">
+        <v>2018</v>
+      </c>
+      <c r="E495" s="1" t="s">
         <v>1813</v>
       </c>
-      <c r="B495" s="1" t="s">
+      <c r="F495" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H495" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I495" s="1" t="s">
         <v>1814</v>
-      </c>
-[...19 lines deleted...]
-        <v>1815</v>
       </c>
     </row>
     <row r="496" spans="1:9">
       <c r="A496" s="1" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B496" s="1" t="s">
         <v>1816</v>
       </c>
-      <c r="B496" s="1" t="s">
+      <c r="C496" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D496" s="1">
+        <v>2020</v>
+      </c>
+      <c r="E496" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="F496" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H496" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="I496" s="1" t="s">
         <v>1817</v>
-      </c>
-[...19 lines deleted...]
-        <v>1819</v>
       </c>
     </row>
     <row r="497" spans="1:9">
       <c r="A497" s="1" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B497" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C497" s="1" t="s">
         <v>1820</v>
       </c>
-      <c r="B497" s="1" t="s">
+      <c r="D497" s="1">
+        <v>2024</v>
+      </c>
+      <c r="E497" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="F497" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H497" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I497" s="1" t="s">
         <v>1821</v>
-      </c>
-[...19 lines deleted...]
-        <v>1822</v>
       </c>
     </row>
     <row r="498" spans="1:9">
       <c r="A498" s="1" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B498" s="1" t="s">
         <v>1823</v>
       </c>
-      <c r="B498" s="1" t="s">
+      <c r="C498" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D498" s="1">
+        <v>2007</v>
+      </c>
+      <c r="E498" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="F498" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H498" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I498" s="1" t="s">
         <v>1824</v>
-      </c>
-[...19 lines deleted...]
-        <v>1825</v>
       </c>
     </row>
     <row r="499" spans="1:9">
       <c r="A499" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B499" s="1" t="s">
         <v>1826</v>
       </c>
-      <c r="B499" s="1" t="s">
+      <c r="C499" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D499" s="1">
+        <v>2011</v>
+      </c>
+      <c r="E499" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="F499" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H499" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="I499" s="1" t="s">
         <v>1827</v>
-      </c>
-[...19 lines deleted...]
-        <v>1829</v>
       </c>
     </row>
     <row r="500" spans="1:9">
       <c r="A500" s="1" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B500" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C500" s="1" t="s">
         <v>1830</v>
       </c>
-      <c r="B500" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D500" s="1">
-        <v>2003</v>
+        <v>2021</v>
       </c>
       <c r="E500" s="1" t="s">
-        <v>704</v>
+        <v>84</v>
       </c>
       <c r="F500" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G500" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H500" s="1" t="s">
-        <v>578</v>
+        <v>103</v>
       </c>
       <c r="I500" s="1" t="s">
-        <v>1833</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="501" spans="1:9">
       <c r="A501" s="1" t="s">
+        <v>1832</v>
+      </c>
+      <c r="B501" s="1" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C501" s="1" t="s">
         <v>1834</v>
       </c>
-      <c r="B501" s="1" t="s">
+      <c r="D501" s="1">
+        <v>2003</v>
+      </c>
+      <c r="E501" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="F501" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H501" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="I501" s="1" t="s">
         <v>1835</v>
-      </c>
-[...19 lines deleted...]
-        <v>1837</v>
       </c>
     </row>
     <row r="502" spans="1:9">
       <c r="A502" s="1" t="s">
-        <v>1838</v>
+        <v>1836</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1839</v>
+        <v>1837</v>
       </c>
       <c r="C502" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D502" s="1">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="E502" s="1" t="s">
-        <v>46</v>
+        <v>1838</v>
       </c>
       <c r="F502" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>195</v>
+        <v>40</v>
       </c>
       <c r="H502" s="1" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="I502" s="1"/>
+        <v>155</v>
+      </c>
+      <c r="I502" s="1" t="s">
+        <v>1839</v>
+      </c>
     </row>
     <row r="503" spans="1:9">
       <c r="A503" s="1" t="s">
         <v>1840</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>1841</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>233</v>
+        <v>11</v>
       </c>
       <c r="D503" s="1">
-        <v>1997</v>
+        <v>2001</v>
       </c>
       <c r="E503" s="1" t="s">
-        <v>736</v>
+        <v>46</v>
       </c>
       <c r="F503" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>91</v>
+        <v>195</v>
       </c>
       <c r="H503" s="1" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="I503" s="1"/>
     </row>
     <row r="504" spans="1:9">
       <c r="A504" s="1" t="s">
         <v>1842</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>1843</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1182</v>
+        <v>233</v>
       </c>
       <c r="D504" s="1">
-        <v>2015</v>
+        <v>1997</v>
       </c>
       <c r="E504" s="1" t="s">
-        <v>271</v>
+        <v>740</v>
       </c>
       <c r="F504" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="H504" s="1" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I504" s="1" t="s">
-        <v>1844</v>
+        <v>251</v>
       </c>
     </row>
     <row r="505" spans="1:9">
       <c r="A505" s="1" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B505" s="1" t="s">
         <v>1845</v>
       </c>
-      <c r="B505" s="1" t="s">
+      <c r="C505" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D505" s="1">
+        <v>2015</v>
+      </c>
+      <c r="E505" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="F505" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H505" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I505" s="1" t="s">
         <v>1846</v>
-      </c>
-[...19 lines deleted...]
-        <v>1847</v>
       </c>
     </row>
     <row r="506" spans="1:9">
       <c r="A506" s="1" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B506" s="1" t="s">
         <v>1848</v>
-      </c>
-[...1 lines deleted...]
-        <v>1849</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D506" s="1">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="E506" s="1" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="F506" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>78</v>
+        <v>14</v>
       </c>
       <c r="H506" s="1" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="I506" s="1" t="s">
-        <v>1850</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="507" spans="1:9">
       <c r="A507" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B507" s="1" t="s">
         <v>1851</v>
       </c>
-      <c r="B507" s="1" t="s">
+      <c r="C507" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D507" s="1">
+        <v>2022</v>
+      </c>
+      <c r="E507" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="F507" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H507" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="I507" s="1" t="s">
         <v>1852</v>
-      </c>
-[...19 lines deleted...]
-        <v>1855</v>
       </c>
     </row>
     <row r="508" spans="1:9">
       <c r="A508" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B508" s="1" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C508" s="1" t="s">
+        <v>1855</v>
+      </c>
+      <c r="D508" s="1">
+        <v>2007</v>
+      </c>
+      <c r="E508" s="1" t="s">
         <v>1856</v>
-      </c>
-[...10 lines deleted...]
-        <v>243</v>
       </c>
       <c r="F508" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G508" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H508" s="1" t="s">
-        <v>60</v>
+        <v>155</v>
       </c>
       <c r="I508" s="1" t="s">
-        <v>1858</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="509" spans="1:9">
       <c r="A509" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B509" s="1" t="s">
         <v>1859</v>
       </c>
-      <c r="B509" s="1" t="s">
+      <c r="C509" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D509" s="1">
+        <v>2018</v>
+      </c>
+      <c r="E509" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="F509" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H509" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I509" s="1" t="s">
         <v>1860</v>
-      </c>
-[...19 lines deleted...]
-        <v>1861</v>
       </c>
     </row>
     <row r="510" spans="1:9">
       <c r="A510" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B510" s="1" t="s">
         <v>1862</v>
       </c>
-      <c r="B510" s="1" t="s">
+      <c r="C510" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D510" s="1">
+        <v>2008</v>
+      </c>
+      <c r="E510" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="F510" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H510" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I510" s="1" t="s">
         <v>1863</v>
-      </c>
-[...19 lines deleted...]
-        <v>1864</v>
       </c>
     </row>
     <row r="511" spans="1:9">
       <c r="A511" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B511" s="1" t="s">
         <v>1865</v>
       </c>
-      <c r="B511" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C511" s="1" t="s">
-        <v>534</v>
+        <v>107</v>
       </c>
       <c r="D511" s="1">
-        <v>2023</v>
+        <v>2012</v>
       </c>
       <c r="E511" s="1" t="s">
-        <v>437</v>
+        <v>824</v>
       </c>
       <c r="F511" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G511" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H511" s="1" t="s">
-        <v>127</v>
+        <v>72</v>
       </c>
       <c r="I511" s="1" t="s">
-        <v>1867</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="512" spans="1:9">
       <c r="A512" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B512" s="1" t="s">
         <v>1868</v>
       </c>
-      <c r="B512" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C512" s="1" t="s">
-        <v>1043</v>
+        <v>534</v>
       </c>
       <c r="D512" s="1">
         <v>2023</v>
       </c>
       <c r="E512" s="1" t="s">
-        <v>356</v>
+        <v>437</v>
       </c>
       <c r="F512" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>200</v>
+        <v>47</v>
       </c>
       <c r="H512" s="1" t="s">
-        <v>508</v>
+        <v>127</v>
       </c>
       <c r="I512" s="1" t="s">
-        <v>1870</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="513" spans="1:9">
       <c r="A513" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B513" s="1" t="s">
         <v>1871</v>
       </c>
-      <c r="B513" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C513" s="1" t="s">
-        <v>11</v>
+        <v>1047</v>
       </c>
       <c r="D513" s="1">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="E513" s="1" t="s">
-        <v>1873</v>
+        <v>356</v>
       </c>
       <c r="F513" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G513" s="1" t="s">
         <v>200</v>
       </c>
       <c r="H513" s="1" t="s">
-        <v>396</v>
+        <v>508</v>
       </c>
       <c r="I513" s="1" t="s">
-        <v>1874</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="514" spans="1:9">
       <c r="A514" s="1" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B514" s="1" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C514" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D514" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E514" s="1" t="s">
         <v>1875</v>
       </c>
-      <c r="B514" s="1" t="s">
+      <c r="F514" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H514" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="I514" s="1" t="s">
         <v>1876</v>
-      </c>
-[...19 lines deleted...]
-        <v>1877</v>
       </c>
     </row>
     <row r="515" spans="1:9">
       <c r="A515" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B515" s="1" t="s">
         <v>1878</v>
       </c>
-      <c r="B515" s="1" t="s">
+      <c r="C515" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D515" s="1">
+        <v>2016</v>
+      </c>
+      <c r="E515" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="F515" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H515" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I515" s="1" t="s">
         <v>1879</v>
-      </c>
-[...19 lines deleted...]
-        <v>1880</v>
       </c>
     </row>
     <row r="516" spans="1:9">
       <c r="A516" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B516" s="1" t="s">
         <v>1881</v>
       </c>
-      <c r="B516" s="1" t="s">
+      <c r="C516" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D516" s="1">
+        <v>2003</v>
+      </c>
+      <c r="E516" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F516" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H516" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I516" s="1" t="s">
         <v>1882</v>
-      </c>
-[...19 lines deleted...]
-        <v>1884</v>
       </c>
     </row>
     <row r="517" spans="1:9">
       <c r="A517" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B517" s="1" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C517" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="D517" s="1">
+        <v>2009</v>
+      </c>
+      <c r="E517" s="1" t="s">
         <v>1885</v>
       </c>
-      <c r="B517" s="1" t="s">
+      <c r="F517" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H517" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="I517" s="1" t="s">
         <v>1886</v>
-      </c>
-[...19 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="518" spans="1:9">
       <c r="A518" s="1" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B518" s="1" t="s">
         <v>1888</v>
       </c>
-      <c r="B518" s="1" t="s">
+      <c r="C518" s="1" t="s">
         <v>1889</v>
       </c>
-      <c r="C518" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D518" s="1">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="E518" s="1" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="F518" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="H518" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I518" s="1" t="s">
-        <v>1890</v>
+        <v>251</v>
       </c>
     </row>
     <row r="519" spans="1:9">
       <c r="A519" s="1" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B519" s="1" t="s">
         <v>1891</v>
-      </c>
-[...1 lines deleted...]
-        <v>1892</v>
       </c>
       <c r="C519" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D519" s="1">
-        <v>2012</v>
+        <v>1997</v>
       </c>
       <c r="E519" s="1" t="s">
-        <v>289</v>
+        <v>84</v>
       </c>
       <c r="F519" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G519" s="1" t="s">
         <v>78</v>
       </c>
       <c r="H519" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I519" s="1" t="s">
-        <v>1893</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="520" spans="1:9">
       <c r="A520" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B520" s="1" t="s">
         <v>1894</v>
       </c>
-      <c r="B520" s="1" t="s">
+      <c r="C520" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D520" s="1">
+        <v>2012</v>
+      </c>
+      <c r="E520" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="F520" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H520" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I520" s="1" t="s">
         <v>1895</v>
-      </c>
-[...19 lines deleted...]
-        <v>1896</v>
       </c>
     </row>
     <row r="521" spans="1:9">
       <c r="A521" s="1" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B521" s="1" t="s">
         <v>1897</v>
       </c>
-      <c r="B521" s="1" t="s">
+      <c r="C521" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D521" s="1">
+        <v>2001</v>
+      </c>
+      <c r="E521" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="F521" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H521" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="I521" s="1" t="s">
         <v>1898</v>
-      </c>
-[...19 lines deleted...]
-        <v>1900</v>
       </c>
     </row>
     <row r="522" spans="1:9">
       <c r="A522" s="1" t="s">
+        <v>1899</v>
+      </c>
+      <c r="B522" s="1" t="s">
+        <v>1900</v>
+      </c>
+      <c r="C522" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D522" s="1">
+        <v>2022</v>
+      </c>
+      <c r="E522" s="1" t="s">
         <v>1901</v>
       </c>
-      <c r="B522" s="1" t="s">
+      <c r="F522" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H522" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="I522" s="1" t="s">
         <v>1902</v>
-      </c>
-[...19 lines deleted...]
-        <v>1903</v>
       </c>
     </row>
     <row r="523" spans="1:9">
       <c r="A523" s="1" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B523" s="1" t="s">
         <v>1904</v>
       </c>
-      <c r="B523" s="1" t="s">
+      <c r="C523" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D523" s="1">
+        <v>2013</v>
+      </c>
+      <c r="E523" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="F523" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H523" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I523" s="1" t="s">
         <v>1905</v>
-      </c>
-[...19 lines deleted...]
-        <v>1906</v>
       </c>
     </row>
     <row r="524" spans="1:9">
       <c r="A524" s="1" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B524" s="1" t="s">
         <v>1907</v>
       </c>
-      <c r="B524" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C524" s="1" t="s">
-        <v>11</v>
+        <v>935</v>
       </c>
       <c r="D524" s="1">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="E524" s="1" t="s">
-        <v>408</v>
+        <v>220</v>
       </c>
       <c r="F524" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H524" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I524" s="1" t="s">
-        <v>1909</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="525" spans="1:9">
       <c r="A525" s="1" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B525" s="1" t="s">
         <v>1910</v>
-      </c>
-[...1 lines deleted...]
-        <v>1911</v>
       </c>
       <c r="C525" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D525" s="1">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E525" s="1" t="s">
-        <v>90</v>
+        <v>408</v>
       </c>
       <c r="F525" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G525" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H525" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I525" s="1" t="s">
-        <v>1912</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="526" spans="1:9">
       <c r="A526" s="1" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B526" s="1" t="s">
         <v>1913</v>
       </c>
-      <c r="B526" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C526" s="1" t="s">
-        <v>258</v>
+        <v>11</v>
       </c>
       <c r="D526" s="1">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="E526" s="1" t="s">
-        <v>1139</v>
+        <v>90</v>
       </c>
       <c r="F526" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G526" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H526" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I526" s="1" t="s">
-        <v>1915</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="527" spans="1:9">
       <c r="A527" s="1" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B527" s="1" t="s">
         <v>1916</v>
       </c>
-      <c r="B527" s="1" t="s">
+      <c r="C527" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D527" s="1">
+        <v>2020</v>
+      </c>
+      <c r="E527" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F527" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H527" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I527" s="1" t="s">
         <v>1917</v>
-      </c>
-[...19 lines deleted...]
-        <v>1919</v>
       </c>
     </row>
     <row r="528" spans="1:9">
       <c r="A528" s="1" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B528" s="1" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C528" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D528" s="1">
+        <v>2018</v>
+      </c>
+      <c r="E528" s="1" t="s">
         <v>1920</v>
       </c>
-      <c r="B528" s="1" t="s">
+      <c r="F528" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H528" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="I528" s="1" t="s">
         <v>1921</v>
-      </c>
-[...19 lines deleted...]
-        <v>1922</v>
       </c>
     </row>
     <row r="529" spans="1:9">
       <c r="A529" s="1" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B529" s="1" t="s">
         <v>1923</v>
       </c>
-      <c r="B529" s="1" t="s">
+      <c r="C529" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D529" s="1">
+        <v>2001</v>
+      </c>
+      <c r="E529" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="F529" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H529" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I529" s="1" t="s">
         <v>1924</v>
-      </c>
-[...19 lines deleted...]
-        <v>1926</v>
       </c>
     </row>
     <row r="530" spans="1:9">
       <c r="A530" s="1" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B530" s="1" t="s">
+        <v>1926</v>
+      </c>
+      <c r="C530" s="1" t="s">
         <v>1927</v>
       </c>
-      <c r="B530" s="1" t="s">
+      <c r="D530" s="1">
+        <v>2016</v>
+      </c>
+      <c r="E530" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="F530" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H530" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I530" s="1" t="s">
         <v>1928</v>
-      </c>
-[...19 lines deleted...]
-        <v>1929</v>
       </c>
     </row>
     <row r="531" spans="1:9">
       <c r="A531" s="1" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B531" s="1" t="s">
         <v>1930</v>
       </c>
-      <c r="B531" s="1" t="s">
+      <c r="C531" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="D531" s="1">
+        <v>2007</v>
+      </c>
+      <c r="E531" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="F531" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H531" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="I531" s="1" t="s">
         <v>1931</v>
-      </c>
-[...19 lines deleted...]
-        <v>1932</v>
       </c>
     </row>
     <row r="532" spans="1:9">
       <c r="A532" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="B532" s="1" t="s">
         <v>1933</v>
       </c>
-      <c r="B532" s="1" t="s">
+      <c r="C532" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D532" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E532" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F532" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H532" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I532" s="1" t="s">
         <v>1934</v>
-      </c>
-[...19 lines deleted...]
-        <v>1936</v>
       </c>
     </row>
     <row r="533" spans="1:9">
       <c r="A533" s="1" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B533" s="1" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C533" s="1" t="s">
         <v>1937</v>
       </c>
-      <c r="B533" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D533" s="1">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="E533" s="1" t="s">
-        <v>541</v>
+        <v>33</v>
       </c>
       <c r="F533" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G533" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H533" s="1" t="s">
-        <v>314</v>
+        <v>48</v>
       </c>
       <c r="I533" s="1" t="s">
-        <v>1940</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="534" spans="1:9">
       <c r="A534" s="1" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B534" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C534" s="1" t="s">
         <v>1941</v>
       </c>
-      <c r="B534" s="1" t="s">
+      <c r="D534" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E534" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="F534" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H534" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="I534" s="1" t="s">
         <v>1942</v>
-      </c>
-[...19 lines deleted...]
-        <v>1944</v>
       </c>
     </row>
     <row r="535" spans="1:9">
       <c r="A535" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="B535" s="1" t="s">
+        <v>1944</v>
+      </c>
+      <c r="C535" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D535" s="1">
+        <v>2010</v>
+      </c>
+      <c r="E535" s="1" t="s">
         <v>1945</v>
       </c>
-      <c r="B535" s="1" t="s">
+      <c r="F535" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H535" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I535" s="1" t="s">
         <v>1946</v>
-      </c>
-[...19 lines deleted...]
-        <v>1947</v>
       </c>
     </row>
     <row r="536" spans="1:9">
       <c r="A536" s="1" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B536" s="1" t="s">
         <v>1948</v>
       </c>
-      <c r="B536" s="1" t="s">
+      <c r="C536" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D536" s="1">
+        <v>2012</v>
+      </c>
+      <c r="E536" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F536" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H536" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I536" s="1" t="s">
         <v>1949</v>
-      </c>
-[...19 lines deleted...]
-        <v>1950</v>
       </c>
     </row>
     <row r="537" spans="1:9">
       <c r="A537" s="1" t="s">
+        <v>1950</v>
+      </c>
+      <c r="B537" s="1" t="s">
         <v>1951</v>
       </c>
-      <c r="B537" s="1" t="s">
+      <c r="C537" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D537" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E537" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="F537" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H537" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="I537" s="1" t="s">
         <v>1952</v>
-      </c>
-[...19 lines deleted...]
-        <v>1954</v>
       </c>
     </row>
     <row r="538" spans="1:9">
       <c r="A538" s="1" t="s">
+        <v>1953</v>
+      </c>
+      <c r="B538" s="1" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C538" s="1" t="s">
         <v>1955</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
       <c r="D538" s="1">
         <v>2022</v>
       </c>
       <c r="E538" s="1" t="s">
-        <v>1301</v>
+        <v>724</v>
       </c>
       <c r="F538" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>78</v>
+        <v>14</v>
       </c>
       <c r="H538" s="1" t="s">
-        <v>113</v>
+        <v>85</v>
       </c>
       <c r="I538" s="1" t="s">
-        <v>1957</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="539" spans="1:9">
       <c r="A539" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B539" s="1" t="s">
         <v>1958</v>
       </c>
-      <c r="B539" s="1" t="s">
+      <c r="C539" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D539" s="1">
+        <v>2022</v>
+      </c>
+      <c r="E539" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F539" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H539" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I539" s="1" t="s">
         <v>1959</v>
-      </c>
-[...19 lines deleted...]
-        <v>1961</v>
       </c>
     </row>
     <row r="540" spans="1:9">
       <c r="A540" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B540" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C540" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D540" s="1">
+        <v>1997</v>
+      </c>
+      <c r="E540" s="1" t="s">
         <v>1962</v>
-      </c>
-[...10 lines deleted...]
-        <v>132</v>
       </c>
       <c r="F540" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G540" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H540" s="1" t="s">
-        <v>1124</v>
+        <v>760</v>
       </c>
       <c r="I540" s="1" t="s">
-        <v>1964</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="541" spans="1:9">
       <c r="A541" s="1" t="s">
+        <v>1964</v>
+      </c>
+      <c r="B541" s="1" t="s">
         <v>1965</v>
       </c>
-      <c r="B541" s="1" t="s">
+      <c r="C541" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="D541" s="1">
+        <v>2006</v>
+      </c>
+      <c r="E541" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="F541" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H541" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I541" s="1" t="s">
         <v>1966</v>
       </c>
-      <c r="C541" s="1" t="s">
-[...17 lines deleted...]
-      <c r="I541" s="1"/>
     </row>
     <row r="542" spans="1:9">
       <c r="A542" s="1" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B542" s="1" t="s">
         <v>1968</v>
       </c>
-      <c r="B542" s="1" t="s">
+      <c r="C542" s="1" t="s">
         <v>1969</v>
       </c>
-      <c r="C542" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D542" s="1">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E542" s="1" t="s">
-        <v>577</v>
+        <v>1182</v>
       </c>
       <c r="F542" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>54</v>
+        <v>200</v>
       </c>
       <c r="H542" s="1" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="I542" s="1"/>
     </row>
     <row r="543" spans="1:9">
       <c r="A543" s="1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B543" s="1" t="s">
         <v>1971</v>
       </c>
-      <c r="B543" s="1" t="s">
+      <c r="C543" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D543" s="1">
+        <v>2005</v>
+      </c>
+      <c r="E543" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="F543" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H543" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I543" s="1" t="s">
         <v>1972</v>
-      </c>
-[...19 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="544" spans="1:9">
       <c r="A544" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B544" s="1" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C544" s="1" t="s">
         <v>1975</v>
       </c>
-      <c r="B544" s="1" t="s">
+      <c r="D544" s="1">
+        <v>2012</v>
+      </c>
+      <c r="E544" s="1" t="s">
         <v>1976</v>
       </c>
-      <c r="C544" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F544" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="H544" s="1" t="s">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="I544" s="1" t="s">
-        <v>1977</v>
+        <v>251</v>
       </c>
     </row>
     <row r="545" spans="1:9">
       <c r="A545" s="1" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B545" s="1" t="s">
         <v>1978</v>
       </c>
-      <c r="B545" s="1" t="s">
+      <c r="C545" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D545" s="1">
+        <v>2002</v>
+      </c>
+      <c r="E545" s="1" t="s">
+        <v>1962</v>
+      </c>
+      <c r="F545" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H545" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="I545" s="1" t="s">
         <v>1979</v>
-      </c>
-[...19 lines deleted...]
-        <v>1980</v>
       </c>
     </row>
     <row r="546" spans="1:9">
       <c r="A546" s="1" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B546" s="1" t="s">
         <v>1981</v>
       </c>
-      <c r="B546" s="1" t="s">
+      <c r="C546" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D546" s="1">
+        <v>2012</v>
+      </c>
+      <c r="E546" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="F546" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G546" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H546" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I546" s="1" t="s">
         <v>1982</v>
-      </c>
-[...19 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="547" spans="1:9">
       <c r="A547" s="1" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B547" s="1" t="s">
         <v>1984</v>
       </c>
-      <c r="B547" s="1" t="s">
+      <c r="C547" s="1" t="s">
         <v>1985</v>
       </c>
-      <c r="C547" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D547" s="1">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="E547" s="1" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="F547" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>200</v>
+        <v>212</v>
       </c>
       <c r="H547" s="1" t="s">
-        <v>1231</v>
-[...1 lines deleted...]
-      <c r="I547" s="1"/>
+        <v>113</v>
+      </c>
+      <c r="I547" s="1" t="s">
+        <v>213</v>
+      </c>
     </row>
     <row r="548" spans="1:9">
       <c r="A548" s="1" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B548" s="1" t="s">
         <v>1987</v>
       </c>
-      <c r="B548" s="1" t="s">
+      <c r="C548" s="1" t="s">
         <v>1988</v>
       </c>
-      <c r="C548" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D548" s="1">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E548" s="1" t="s">
-        <v>647</v>
+        <v>65</v>
       </c>
       <c r="F548" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>47</v>
+        <v>200</v>
       </c>
       <c r="H548" s="1" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-      </c>
+        <v>1235</v>
+      </c>
+      <c r="I548" s="1"/>
     </row>
     <row r="549" spans="1:9">
       <c r="A549" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="B549" s="1" t="s">
         <v>1990</v>
       </c>
-      <c r="B549" s="1" t="s">
+      <c r="C549" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D549" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E549" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="F549" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G549" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H549" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="I549" s="1" t="s">
         <v>1991</v>
-      </c>
-[...19 lines deleted...]
-        <v>1992</v>
       </c>
     </row>
     <row r="550" spans="1:9">
       <c r="A550" s="1" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B550" s="1" t="s">
         <v>1993</v>
       </c>
-      <c r="B550" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C550" s="1" t="s">
-        <v>1995</v>
+        <v>19</v>
       </c>
       <c r="D550" s="1">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="E550" s="1" t="s">
-        <v>190</v>
+        <v>1305</v>
       </c>
       <c r="F550" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G550" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H550" s="1" t="s">
-        <v>127</v>
+        <v>508</v>
       </c>
       <c r="I550" s="1" t="s">
-        <v>1996</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="551" spans="1:9">
       <c r="A551" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B551" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C551" s="1" t="s">
         <v>1997</v>
       </c>
-      <c r="B551" s="1" t="s">
+      <c r="D551" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E551" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="F551" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G551" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H551" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="I551" s="1" t="s">
         <v>1998</v>
-      </c>
-[...19 lines deleted...]
-        <v>2000</v>
       </c>
     </row>
     <row r="552" spans="1:9">
       <c r="A552" s="1" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B552" s="1" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C552" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D552" s="1">
+        <v>2008</v>
+      </c>
+      <c r="E552" s="1" t="s">
         <v>2001</v>
       </c>
-      <c r="B552" s="1" t="s">
+      <c r="F552" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H552" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="I552" s="1" t="s">
         <v>2002</v>
-      </c>
-[...19 lines deleted...]
-        <v>2004</v>
       </c>
     </row>
     <row r="553" spans="1:9">
       <c r="A553" s="1" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B553" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C553" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D553" s="1">
+        <v>2013</v>
+      </c>
+      <c r="E553" s="1" t="s">
         <v>2005</v>
       </c>
-      <c r="B553" s="1" t="s">
+      <c r="F553" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G553" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H553" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I553" s="1" t="s">
         <v>2006</v>
-      </c>
-[...19 lines deleted...]
-        <v>2007</v>
       </c>
     </row>
     <row r="554" spans="1:9">
       <c r="A554" s="1" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B554" s="1" t="s">
         <v>2008</v>
       </c>
-      <c r="B554" s="1" t="s">
+      <c r="C554" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="D554" s="1">
+        <v>2018</v>
+      </c>
+      <c r="E554" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="F554" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G554" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H554" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I554" s="1" t="s">
         <v>2009</v>
-      </c>
-[...19 lines deleted...]
-        <v>2010</v>
       </c>
     </row>
     <row r="555" spans="1:9">
       <c r="A555" s="1" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B555" s="1" t="s">
         <v>2011</v>
       </c>
-      <c r="B555" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C555" s="1" t="s">
-        <v>107</v>
+        <v>874</v>
       </c>
       <c r="D555" s="1">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="E555" s="1" t="s">
-        <v>53</v>
+        <v>289</v>
       </c>
       <c r="F555" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>54</v>
+        <v>78</v>
       </c>
       <c r="H555" s="1" t="s">
-        <v>21</v>
+        <v>118</v>
       </c>
       <c r="I555" s="1" t="s">
         <v>2012</v>
       </c>
     </row>
     <row r="556" spans="1:9">
       <c r="A556" s="1" t="s">
         <v>2013</v>
       </c>
       <c r="B556" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C556" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D556" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E556" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F556" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H556" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="I556" s="1" t="s">
         <v>2014</v>
-      </c>
-[...19 lines deleted...]
-        <v>2016</v>
       </c>
     </row>
     <row r="557" spans="1:9">
       <c r="A557" s="1" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B557" s="1" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C557" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D557" s="1">
+        <v>2016</v>
+      </c>
+      <c r="E557" s="1" t="s">
         <v>2017</v>
       </c>
-      <c r="B557" s="1" t="s">
+      <c r="F557" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H557" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I557" s="1" t="s">
         <v>2018</v>
-      </c>
-[...19 lines deleted...]
-        <v>2020</v>
       </c>
     </row>
     <row r="558" spans="1:9">
       <c r="A558" s="1" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B558" s="1" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C558" s="1" t="s">
         <v>2021</v>
       </c>
-      <c r="B558" s="1" t="s">
+      <c r="D558" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E558" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="F558" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H558" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="I558" s="1" t="s">
         <v>2022</v>
-      </c>
-[...19 lines deleted...]
-        <v>2023</v>
       </c>
     </row>
     <row r="559" spans="1:9">
       <c r="A559" s="1" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B559" s="1" t="s">
         <v>2024</v>
-      </c>
-[...1 lines deleted...]
-        <v>2025</v>
       </c>
       <c r="C559" s="1" t="s">
         <v>381</v>
       </c>
       <c r="D559" s="1">
         <v>2020</v>
       </c>
       <c r="E559" s="1" t="s">
         <v>132</v>
       </c>
       <c r="F559" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G559" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H559" s="1" t="s">
         <v>60</v>
       </c>
       <c r="I559" s="1" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="560" spans="1:9">
       <c r="A560" s="1" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B560" s="1" t="s">
         <v>2027</v>
       </c>
-      <c r="B560" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C560" s="1" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="D560" s="1">
         <v>2020</v>
       </c>
       <c r="E560" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F560" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G560" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H560" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I560" s="1" t="s">
-        <v>2029</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="561" spans="1:9">
       <c r="A561" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B561" s="1" t="s">
         <v>2030</v>
       </c>
-      <c r="B561" s="1" t="s">
+      <c r="C561" s="1" t="s">
         <v>2031</v>
-      </c>
-[...1 lines deleted...]
-        <v>2032</v>
       </c>
       <c r="D561" s="1">
         <v>2010</v>
       </c>
       <c r="E561" s="1" t="s">
-        <v>2033</v>
+        <v>2032</v>
       </c>
       <c r="F561" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G561" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H561" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I561" s="1" t="s">
-        <v>2034</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="562" spans="1:9">
       <c r="A562" s="1" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B562" s="1" t="s">
         <v>2035</v>
-      </c>
-[...1 lines deleted...]
-        <v>2036</v>
       </c>
       <c r="C562" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D562" s="1">
         <v>2019</v>
       </c>
       <c r="E562" s="1" t="s">
         <v>102</v>
       </c>
       <c r="F562" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G562" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H562" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I562" s="1" t="s">
-        <v>2037</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="563" spans="1:9">
       <c r="A563" s="1" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B563" s="1" t="s">
         <v>2038</v>
       </c>
-      <c r="B563" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C563" s="1" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="D563" s="1">
         <v>2013</v>
       </c>
       <c r="E563" s="1" t="s">
         <v>220</v>
       </c>
       <c r="F563" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G563" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H563" s="1" t="s">
         <v>97</v>
       </c>
       <c r="I563" s="1" t="s">
-        <v>2040</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="564" spans="1:9">
       <c r="A564" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="B564" s="1" t="s">
         <v>2041</v>
-      </c>
-[...1 lines deleted...]
-        <v>2042</v>
       </c>
       <c r="C564" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D564" s="1">
         <v>2024</v>
       </c>
       <c r="E564" s="1" t="s">
         <v>84</v>
       </c>
       <c r="F564" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G564" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H564" s="1" t="s">
         <v>72</v>
       </c>
       <c r="I564" s="1" t="s">
-        <v>2043</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="565" spans="1:9">
       <c r="A565" s="1" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B565" s="1" t="s">
         <v>2044</v>
       </c>
-      <c r="B565" s="1" t="s">
+      <c r="C565" s="1" t="s">
         <v>2045</v>
-      </c>
-[...1 lines deleted...]
-        <v>2046</v>
       </c>
       <c r="D565" s="1">
         <v>2024</v>
       </c>
       <c r="E565" s="1" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="F565" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G565" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H565" s="1" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="I565" s="1" t="s">
-        <v>2047</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="566" spans="1:9">
       <c r="A566" s="1" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B566" s="1" t="s">
         <v>2048</v>
-      </c>
-[...1 lines deleted...]
-        <v>2049</v>
       </c>
       <c r="C566" s="1" t="s">
         <v>254</v>
       </c>
       <c r="D566" s="1">
         <v>2006</v>
       </c>
       <c r="E566" s="1" t="s">
         <v>141</v>
       </c>
       <c r="F566" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G566" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H566" s="1" t="s">
         <v>97</v>
       </c>
       <c r="I566" s="1" t="s">
-        <v>2050</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="567" spans="1:9">
       <c r="A567" s="1" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B567" s="1" t="s">
         <v>2051</v>
-      </c>
-[...1 lines deleted...]
-        <v>2052</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D567" s="1">
         <v>2010</v>
       </c>
       <c r="E567" s="1" t="s">
         <v>65</v>
       </c>
       <c r="F567" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G567" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H567" s="1" t="s">
         <v>118</v>
       </c>
       <c r="I567" s="1" t="s">
-        <v>2053</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="568" spans="1:9">
       <c r="A568" s="1" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B568" s="1" t="s">
         <v>2054</v>
-      </c>
-[...1 lines deleted...]
-        <v>2055</v>
       </c>
       <c r="C568" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D568" s="1">
         <v>2008</v>
       </c>
       <c r="E568" s="1" t="s">
-        <v>2056</v>
+        <v>2055</v>
       </c>
       <c r="F568" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G568" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H568" s="1" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="I568" s="1" t="s">
-        <v>2057</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="569" spans="1:9">
       <c r="A569" s="1" t="s">
+        <v>2057</v>
+      </c>
+      <c r="B569" s="1" t="s">
         <v>2058</v>
       </c>
-      <c r="B569" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C569" s="1" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="D569" s="1">
         <v>2023</v>
       </c>
       <c r="E569" s="1" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="F569" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G569" s="1" t="s">
         <v>200</v>
       </c>
       <c r="H569" s="1" t="s">
         <v>28</v>
       </c>
       <c r="I569" s="1" t="s">
-        <v>2060</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="570" spans="1:9">
       <c r="A570" s="1" t="s">
+        <v>2060</v>
+      </c>
+      <c r="B570" s="1" t="s">
         <v>2061</v>
-      </c>
-[...1 lines deleted...]
-        <v>2062</v>
       </c>
       <c r="C570" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D570" s="1">
         <v>2010</v>
       </c>
       <c r="E570" s="1" t="s">
         <v>84</v>
       </c>
       <c r="F570" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G570" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H570" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I570" s="1" t="s">
-        <v>2063</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="571" spans="1:9">
       <c r="A571" s="1" t="s">
+        <v>2063</v>
+      </c>
+      <c r="B571" s="1" t="s">
         <v>2064</v>
-      </c>
-[...1 lines deleted...]
-        <v>2065</v>
       </c>
       <c r="C571" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D571" s="1">
         <v>2000</v>
       </c>
       <c r="E571" s="1" t="s">
         <v>243</v>
       </c>
       <c r="F571" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G571" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H571" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I571" s="1" t="s">
-        <v>2066</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="572" spans="1:9">
       <c r="A572" s="1" t="s">
+        <v>2066</v>
+      </c>
+      <c r="B572" s="1" t="s">
         <v>2067</v>
-      </c>
-[...1 lines deleted...]
-        <v>2068</v>
       </c>
       <c r="C572" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D572" s="1">
         <v>2006</v>
       </c>
       <c r="E572" s="1" t="s">
-        <v>2069</v>
+        <v>2068</v>
       </c>
       <c r="F572" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G572" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H572" s="1" t="s">
         <v>97</v>
       </c>
       <c r="I572" s="1" t="s">
-        <v>2070</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="573" spans="1:9">
       <c r="A573" s="1" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B573" s="1" t="s">
         <v>2071</v>
-      </c>
-[...1 lines deleted...]
-        <v>2072</v>
       </c>
       <c r="C573" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D573" s="1">
         <v>2007</v>
       </c>
       <c r="E573" s="1" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="F573" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G573" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H573" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I573" s="1" t="s">
-        <v>2073</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="574" spans="1:9">
       <c r="A574" s="1" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B574" s="1" t="s">
         <v>2074</v>
-      </c>
-[...1 lines deleted...]
-        <v>2075</v>
       </c>
       <c r="C574" s="1" t="s">
         <v>294</v>
       </c>
       <c r="D574" s="1">
         <v>2004</v>
       </c>
       <c r="E574" s="1" t="s">
-        <v>2076</v>
+        <v>2075</v>
       </c>
       <c r="F574" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G574" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H574" s="1" t="s">
         <v>41</v>
       </c>
       <c r="I574" s="1" t="s">
-        <v>2077</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="575" spans="1:9">
       <c r="A575" s="1" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B575" s="1" t="s">
         <v>2078</v>
       </c>
-      <c r="B575" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C575" s="1" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="D575" s="1">
         <v>2012</v>
       </c>
       <c r="E575" s="1" t="s">
         <v>271</v>
       </c>
       <c r="F575" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G575" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H575" s="1" t="s">
         <v>118</v>
       </c>
       <c r="I575" s="1" t="s">
-        <v>2080</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="576" spans="1:9">
       <c r="A576" s="1" t="s">
+        <v>2080</v>
+      </c>
+      <c r="B576" s="1" t="s">
         <v>2081</v>
       </c>
-      <c r="B576" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C576" s="1" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="D576" s="1">
         <v>2022</v>
       </c>
       <c r="E576" s="1" t="s">
-        <v>2083</v>
+        <v>2082</v>
       </c>
       <c r="F576" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G576" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H576" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I576" s="1" t="s">
-        <v>2084</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="577" spans="1:9">
       <c r="A577" s="1" t="s">
+        <v>2084</v>
+      </c>
+      <c r="B577" s="1" t="s">
         <v>2085</v>
       </c>
-      <c r="B577" s="1" t="s">
+      <c r="C577" s="1" t="s">
         <v>2086</v>
-      </c>
-[...1 lines deleted...]
-        <v>2087</v>
       </c>
       <c r="D577" s="1">
         <v>2018</v>
       </c>
       <c r="E577" s="1" t="s">
         <v>225</v>
       </c>
       <c r="F577" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G577" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H577" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I577" s="1" t="s">
-        <v>2088</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="578" spans="1:9">
       <c r="A578" s="1" t="s">
+        <v>2088</v>
+      </c>
+      <c r="B578" s="1" t="s">
         <v>2089</v>
       </c>
-      <c r="B578" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C578" s="1" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="D578" s="1">
         <v>1997</v>
       </c>
       <c r="E578" s="1" t="s">
         <v>387</v>
       </c>
       <c r="F578" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G578" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H578" s="1" t="s">
         <v>221</v>
       </c>
       <c r="I578" s="1" t="s">
-        <v>2091</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="579" spans="1:9">
       <c r="A579" s="1" t="s">
+        <v>2091</v>
+      </c>
+      <c r="B579" s="1" t="s">
         <v>2092</v>
-      </c>
-[...1 lines deleted...]
-        <v>2093</v>
       </c>
       <c r="C579" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D579" s="1">
         <v>2019</v>
       </c>
       <c r="E579" s="1" t="s">
         <v>243</v>
       </c>
       <c r="F579" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G579" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H579" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I579" s="1" t="s">
-        <v>2094</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="580" spans="1:9">
       <c r="A580" s="1" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B580" s="1" t="s">
         <v>2095</v>
       </c>
-      <c r="B580" s="1" t="s">
+      <c r="C580" s="1" t="s">
         <v>2096</v>
-      </c>
-[...1 lines deleted...]
-        <v>2097</v>
       </c>
       <c r="D580" s="1">
         <v>2023</v>
       </c>
       <c r="E580" s="1" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="F580" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G580" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H580" s="1" t="s">
         <v>85</v>
       </c>
       <c r="I580" s="1" t="s">
-        <v>2098</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="581" spans="1:9">
       <c r="A581" s="1" t="s">
+        <v>2098</v>
+      </c>
+      <c r="B581" s="1" t="s">
         <v>2099</v>
-      </c>
-[...1 lines deleted...]
-        <v>2100</v>
       </c>
       <c r="C581" s="1" t="s">
         <v>534</v>
       </c>
       <c r="D581" s="1">
         <v>2018</v>
       </c>
       <c r="E581" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F581" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G581" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H581" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I581" s="1" t="s">
-        <v>2101</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="582" spans="1:9">
       <c r="A582" s="1" t="s">
+        <v>2101</v>
+      </c>
+      <c r="B582" s="1" t="s">
         <v>2102</v>
       </c>
-      <c r="B582" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C582" s="1" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="D582" s="1">
         <v>2016</v>
       </c>
       <c r="E582" s="1" t="s">
-        <v>2104</v>
+        <v>2103</v>
       </c>
       <c r="F582" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G582" s="1" t="s">
         <v>200</v>
       </c>
       <c r="H582" s="1" t="s">
         <v>127</v>
       </c>
       <c r="I582" s="1" t="s">
-        <v>2105</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="583" spans="1:9">
       <c r="A583" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B583" s="1" t="s">
         <v>2106</v>
-      </c>
-[...1 lines deleted...]
-        <v>2107</v>
       </c>
       <c r="C583" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D583" s="1">
         <v>2024</v>
       </c>
       <c r="E583" s="1" t="s">
         <v>319</v>
       </c>
       <c r="F583" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G583" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H583" s="1" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="I583" s="1" t="s">
-        <v>2108</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="584" spans="1:9">
       <c r="A584" s="1" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B584" s="1" t="s">
         <v>2109</v>
       </c>
-      <c r="B584" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C584" s="1" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="D584" s="1">
         <v>2021</v>
       </c>
       <c r="E584" s="1" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="F584" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G584" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H584" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I584" s="1" t="s">
-        <v>2111</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="585" spans="1:9">
       <c r="A585" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="B585" s="1" t="s">
         <v>2112</v>
       </c>
-      <c r="B585" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C585" s="1" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="D585" s="1">
         <v>2008</v>
       </c>
       <c r="E585" s="1" t="s">
         <v>65</v>
       </c>
       <c r="F585" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G585" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H585" s="1" t="s">
         <v>351</v>
       </c>
       <c r="I585" s="1" t="s">
-        <v>2114</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="586" spans="1:9">
       <c r="A586" s="1" t="s">
+        <v>2114</v>
+      </c>
+      <c r="B586" s="1" t="s">
         <v>2115</v>
       </c>
-      <c r="B586" s="1" t="s">
+      <c r="C586" s="1" t="s">
         <v>2116</v>
-      </c>
-[...1 lines deleted...]
-        <v>2117</v>
       </c>
       <c r="D586" s="1">
         <v>2021</v>
       </c>
       <c r="E586" s="1" t="s">
         <v>102</v>
       </c>
       <c r="F586" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G586" s="1" t="s">
         <v>78</v>
       </c>
       <c r="H586" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I586" s="1" t="s">
-        <v>2118</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="587" spans="1:9">
       <c r="A587" s="1" t="s">
+        <v>2118</v>
+      </c>
+      <c r="B587" s="1" t="s">
         <v>2119</v>
-      </c>
-[...1 lines deleted...]
-        <v>2120</v>
       </c>
       <c r="C587" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D587" s="1">
         <v>2007</v>
       </c>
       <c r="E587" s="1" t="s">
-        <v>2121</v>
+        <v>2120</v>
       </c>
       <c r="F587" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G587" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H587" s="1" t="s">
         <v>351</v>
       </c>
       <c r="I587" s="1" t="s">
-        <v>2122</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="588" spans="1:9">
       <c r="A588" s="1" t="s">
+        <v>2122</v>
+      </c>
+      <c r="B588" s="1" t="s">
         <v>2123</v>
-      </c>
-[...1 lines deleted...]
-        <v>2124</v>
       </c>
       <c r="C588" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D588" s="1">
         <v>2005</v>
       </c>
       <c r="E588" s="1" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="F588" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G588" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H588" s="1" t="s">
         <v>300</v>
       </c>
       <c r="I588" s="1" t="s">
-        <v>2125</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="589" spans="1:9">
       <c r="A589" s="1" t="s">
+        <v>2125</v>
+      </c>
+      <c r="B589" s="1" t="s">
         <v>2126</v>
       </c>
-      <c r="B589" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C589" s="1" t="s">
-        <v>1426</v>
+        <v>1429</v>
       </c>
       <c r="D589" s="1">
         <v>2010</v>
       </c>
       <c r="E589" s="1" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="F589" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G589" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H589" s="1" t="s">
         <v>97</v>
       </c>
       <c r="I589" s="1" t="s">
-        <v>2128</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="590" spans="1:9">
       <c r="A590" s="1" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B590" s="1" t="s">
         <v>2129</v>
-      </c>
-[...1 lines deleted...]
-        <v>2130</v>
       </c>
       <c r="C590" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D590" s="1">
         <v>2018</v>
       </c>
       <c r="E590" s="1" t="s">
         <v>319</v>
       </c>
       <c r="F590" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G590" s="1" t="s">
         <v>200</v>
       </c>
       <c r="H590" s="1" t="s">
         <v>79</v>
       </c>
       <c r="I590" s="1" t="s">
-        <v>2131</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="591" spans="1:9">
       <c r="A591" s="1" t="s">
-        <v>2129</v>
+        <v>2128</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>2132</v>
+        <v>2131</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>2087</v>
+        <v>2086</v>
       </c>
       <c r="D591" s="1">
         <v>2018</v>
       </c>
       <c r="E591" s="1" t="s">
-        <v>723</v>
+        <v>608</v>
       </c>
       <c r="F591" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G591" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H591" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I591" s="1" t="s">
-        <v>2133</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="592" spans="1:9">
       <c r="A592" s="1" t="s">
+        <v>2133</v>
+      </c>
+      <c r="B592" s="1" t="s">
         <v>2134</v>
-      </c>
-[...1 lines deleted...]
-        <v>2135</v>
       </c>
       <c r="C592" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D592" s="1">
         <v>2017</v>
       </c>
       <c r="E592" s="1" t="s">
-        <v>2136</v>
+        <v>2135</v>
       </c>
       <c r="F592" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G592" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H592" s="1" t="s">
+        <v>2136</v>
+      </c>
+      <c r="I592" s="1" t="s">
         <v>2137</v>
-      </c>
-[...1 lines deleted...]
-        <v>2138</v>
       </c>
     </row>
     <row r="593" spans="1:9">
       <c r="A593" s="1" t="s">
+        <v>2138</v>
+      </c>
+      <c r="B593" s="1" t="s">
         <v>2139</v>
       </c>
-      <c r="B593" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C593" s="1" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="D593" s="1">
         <v>2024</v>
       </c>
       <c r="E593" s="1" t="s">
         <v>566</v>
       </c>
       <c r="F593" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G593" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H593" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I593" s="1" t="s">
-        <v>2141</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="594" spans="1:9">
       <c r="A594" s="1" t="s">
+        <v>2141</v>
+      </c>
+      <c r="B594" s="1" t="s">
         <v>2142</v>
-      </c>
-[...1 lines deleted...]
-        <v>2143</v>
       </c>
       <c r="C594" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D594" s="1">
         <v>2006</v>
       </c>
       <c r="E594" s="1" t="s">
-        <v>2144</v>
+        <v>2143</v>
       </c>
       <c r="F594" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G594" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H594" s="1" t="s">
         <v>97</v>
       </c>
       <c r="I594" s="1" t="s">
-        <v>2145</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="595" spans="1:9">
       <c r="A595" s="1" t="s">
+        <v>2145</v>
+      </c>
+      <c r="B595" s="1" t="s">
         <v>2146</v>
       </c>
-      <c r="B595" s="1" t="s">
+      <c r="C595" s="1" t="s">
         <v>2147</v>
-      </c>
-[...1 lines deleted...]
-        <v>2148</v>
       </c>
       <c r="D595" s="1">
         <v>2022</v>
       </c>
       <c r="E595" s="1" t="s">
         <v>90</v>
       </c>
       <c r="F595" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G595" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H595" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I595" s="1" t="s">
-        <v>2149</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="596" spans="1:9">
       <c r="A596" s="1" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B596" s="1" t="s">
         <v>2150</v>
-      </c>
-[...1 lines deleted...]
-        <v>2151</v>
       </c>
       <c r="C596" s="1" t="s">
         <v>470</v>
       </c>
       <c r="D596" s="1">
         <v>2023</v>
       </c>
       <c r="E596" s="1" t="s">
         <v>243</v>
       </c>
       <c r="F596" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G596" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H596" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I596" s="1" t="s">
-        <v>2152</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="597" spans="1:9">
       <c r="A597" s="1" t="s">
+        <v>2152</v>
+      </c>
+      <c r="B597" s="1" t="s">
         <v>2153</v>
-      </c>
-[...1 lines deleted...]
-        <v>2154</v>
       </c>
       <c r="C597" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D597" s="1">
         <v>2006</v>
       </c>
       <c r="E597" s="1" t="s">
-        <v>2155</v>
+        <v>2154</v>
       </c>
       <c r="F597" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G597" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H597" s="1" t="s">
         <v>300</v>
       </c>
       <c r="I597" s="1" t="s">
-        <v>2156</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="598" spans="1:9">
       <c r="A598" s="1" t="s">
+        <v>2156</v>
+      </c>
+      <c r="B598" s="1" t="s">
         <v>2157</v>
       </c>
-      <c r="B598" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C598" s="1" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="D598" s="1">
         <v>2013</v>
       </c>
       <c r="E598" s="1" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="F598" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G598" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H598" s="1" t="s">
         <v>41</v>
       </c>
       <c r="I598" s="1" t="s">
-        <v>2159</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="599" spans="1:9">
       <c r="A599" s="1" t="s">
+        <v>2159</v>
+      </c>
+      <c r="B599" s="1" t="s">
         <v>2160</v>
-      </c>
-[...1 lines deleted...]
-        <v>2161</v>
       </c>
       <c r="C599" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D599" s="1">
         <v>2005</v>
       </c>
       <c r="E599" s="1" t="s">
         <v>168</v>
       </c>
       <c r="F599" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G599" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H599" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I599" s="1" t="s">
-        <v>2162</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="600" spans="1:9">
       <c r="A600" s="1" t="s">
+        <v>2162</v>
+      </c>
+      <c r="B600" s="1" t="s">
         <v>2163</v>
       </c>
-      <c r="B600" s="1" t="s">
+      <c r="C600" s="1" t="s">
         <v>2164</v>
       </c>
-      <c r="C600" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D600" s="1">
-        <v>2005</v>
+        <v>2023</v>
       </c>
       <c r="E600" s="1" t="s">
-        <v>2165</v>
+        <v>541</v>
       </c>
       <c r="F600" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G600" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H600" s="1" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="I600" s="1" t="s">
-        <v>2166</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="601" spans="1:9">
       <c r="A601" s="1" t="s">
+        <v>2166</v>
+      </c>
+      <c r="B601" s="1" t="s">
         <v>2167</v>
       </c>
-      <c r="B601" s="1" t="s">
+      <c r="C601" s="1" t="s">
         <v>2168</v>
-      </c>
-[...1 lines deleted...]
-        <v>2169</v>
       </c>
       <c r="D601" s="1">
         <v>2023</v>
       </c>
       <c r="E601" s="1" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="F601" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G601" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H601" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I601" s="1" t="s">
-        <v>2170</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="602" spans="1:9">
       <c r="A602" s="1" t="s">
+        <v>2170</v>
+      </c>
+      <c r="B602" s="1" t="s">
         <v>2171</v>
-      </c>
-[...1 lines deleted...]
-        <v>2172</v>
       </c>
       <c r="C602" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D602" s="1">
         <v>1998</v>
       </c>
       <c r="E602" s="1" t="s">
-        <v>2173</v>
+        <v>2172</v>
       </c>
       <c r="F602" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G602" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H602" s="1" t="s">
+        <v>2173</v>
+      </c>
+      <c r="I602" s="1" t="s">
         <v>2174</v>
-      </c>
-[...1 lines deleted...]
-        <v>2175</v>
       </c>
     </row>
     <row r="603" spans="1:9">
       <c r="A603" s="1" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B603" s="1" t="s">
         <v>2176</v>
-      </c>
-[...1 lines deleted...]
-        <v>2177</v>
       </c>
       <c r="C603" s="1" t="s">
         <v>323</v>
       </c>
       <c r="D603" s="1">
         <v>2023</v>
       </c>
       <c r="E603" s="1" t="s">
         <v>271</v>
       </c>
       <c r="F603" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G603" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H603" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I603" s="1" t="s">
-        <v>2178</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="604" spans="1:9">
       <c r="A604" s="1" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B604" s="1" t="s">
         <v>2179</v>
-      </c>
-[...1 lines deleted...]
-        <v>2180</v>
       </c>
       <c r="C604" s="1" t="s">
         <v>140</v>
       </c>
       <c r="D604" s="1">
         <v>2011</v>
       </c>
       <c r="E604" s="1" t="s">
         <v>387</v>
       </c>
       <c r="F604" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G604" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H604" s="1" t="s">
         <v>60</v>
       </c>
       <c r="I604" s="1" t="s">
-        <v>2181</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="605" spans="1:9">
       <c r="A605" s="1" t="s">
+        <v>2181</v>
+      </c>
+      <c r="B605" s="1" t="s">
         <v>2182</v>
-      </c>
-[...1 lines deleted...]
-        <v>2183</v>
       </c>
       <c r="C605" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D605" s="1">
         <v>2007</v>
       </c>
       <c r="E605" s="1" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="F605" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G605" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H605" s="1" t="s">
         <v>97</v>
       </c>
       <c r="I605" s="1" t="s">
-        <v>2184</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="606" spans="1:9">
       <c r="A606" s="1" t="s">
+        <v>2184</v>
+      </c>
+      <c r="B606" s="1" t="s">
         <v>2185</v>
-      </c>
-[...1 lines deleted...]
-        <v>2186</v>
       </c>
       <c r="C606" s="1" t="s">
         <v>345</v>
       </c>
       <c r="D606" s="1">
         <v>2001</v>
       </c>
       <c r="E606" s="1" t="s">
         <v>65</v>
       </c>
       <c r="F606" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G606" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H606" s="1" t="s">
         <v>118</v>
       </c>
       <c r="I606" s="1" t="s">
-        <v>2187</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="607" spans="1:9">
       <c r="A607" s="1" t="s">
+        <v>2187</v>
+      </c>
+      <c r="B607" s="1" t="s">
         <v>2188</v>
-      </c>
-[...1 lines deleted...]
-        <v>2189</v>
       </c>
       <c r="C607" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D607" s="1">
         <v>2013</v>
       </c>
       <c r="E607" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F607" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G607" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H607" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I607" s="1" t="s">
-        <v>2190</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="608" spans="1:9">
       <c r="A608" s="1" t="s">
+        <v>2190</v>
+      </c>
+      <c r="B608" s="1" t="s">
         <v>2191</v>
-      </c>
-[...1 lines deleted...]
-        <v>2192</v>
       </c>
       <c r="C608" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D608" s="1">
         <v>2010</v>
       </c>
       <c r="E608" s="1" t="s">
         <v>243</v>
       </c>
       <c r="F608" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G608" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H608" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I608" s="1" t="s">
-        <v>2193</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="609" spans="1:9">
       <c r="A609" s="1" t="s">
+        <v>2193</v>
+      </c>
+      <c r="B609" s="1" t="s">
         <v>2194</v>
       </c>
-      <c r="B609" s="1" t="s">
+      <c r="C609" s="1" t="s">
         <v>2195</v>
-      </c>
-[...1 lines deleted...]
-        <v>2196</v>
       </c>
       <c r="D609" s="1">
         <v>2018</v>
       </c>
       <c r="E609" s="1" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="F609" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G609" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H609" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I609" s="1" t="s">
-        <v>2197</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="610" spans="1:9">
       <c r="A610" s="1" t="s">
+        <v>2197</v>
+      </c>
+      <c r="B610" s="1" t="s">
         <v>2198</v>
-      </c>
-[...1 lines deleted...]
-        <v>2199</v>
       </c>
       <c r="C610" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D610" s="1">
         <v>2019</v>
       </c>
       <c r="E610" s="1" t="s">
-        <v>2200</v>
+        <v>2199</v>
       </c>
       <c r="F610" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G610" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H610" s="1" t="s">
         <v>508</v>
       </c>
       <c r="I610" s="1" t="s">
-        <v>2201</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="611" spans="1:9">
       <c r="A611" s="1" t="s">
+        <v>2201</v>
+      </c>
+      <c r="B611" s="1" t="s">
         <v>2202</v>
-      </c>
-[...1 lines deleted...]
-        <v>2203</v>
       </c>
       <c r="C611" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D611" s="1">
         <v>2007</v>
       </c>
       <c r="E611" s="1" t="s">
         <v>102</v>
       </c>
       <c r="F611" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G611" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H611" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I611" s="1" t="s">
-        <v>2204</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="612" spans="1:9">
       <c r="A612" s="1" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B612" s="1" t="s">
         <v>2205</v>
-      </c>
-[...1 lines deleted...]
-        <v>2206</v>
       </c>
       <c r="C612" s="1" t="s">
         <v>534</v>
       </c>
       <c r="D612" s="1">
         <v>2020</v>
       </c>
       <c r="E612" s="1" t="s">
         <v>289</v>
       </c>
       <c r="F612" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G612" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H612" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I612" s="1" t="s">
-        <v>2207</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="613" spans="1:9">
       <c r="A613" s="1" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B613" s="1" t="s">
         <v>2208</v>
-      </c>
-[...1 lines deleted...]
-        <v>2209</v>
       </c>
       <c r="C613" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D613" s="1">
         <v>2018</v>
       </c>
       <c r="E613" s="1" t="s">
         <v>190</v>
       </c>
       <c r="F613" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G613" s="1" t="s">
         <v>78</v>
       </c>
       <c r="H613" s="1" t="s">
         <v>508</v>
       </c>
       <c r="I613" s="1" t="s">
-        <v>2210</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="614" spans="1:9">
       <c r="A614" s="1" t="s">
+        <v>2210</v>
+      </c>
+      <c r="B614" s="1" t="s">
         <v>2211</v>
-      </c>
-[...1 lines deleted...]
-        <v>2212</v>
       </c>
       <c r="C614" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D614" s="1">
         <v>2009</v>
       </c>
       <c r="E614" s="1" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="F614" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G614" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H614" s="1" t="s">
         <v>351</v>
       </c>
       <c r="I614" s="1" t="s">
-        <v>2213</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="615" spans="1:9">
       <c r="A615" s="1" t="s">
+        <v>2213</v>
+      </c>
+      <c r="B615" s="1" t="s">
         <v>2214</v>
-      </c>
-[...1 lines deleted...]
-        <v>2215</v>
       </c>
       <c r="C615" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D615" s="1">
         <v>2018</v>
       </c>
       <c r="E615" s="1" t="s">
         <v>77</v>
       </c>
       <c r="F615" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G615" s="1" t="s">
         <v>200</v>
       </c>
       <c r="H615" s="1" t="s">
         <v>72</v>
       </c>
       <c r="I615" s="1" t="s">
-        <v>2216</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="616" spans="1:9">
       <c r="A616" s="1" t="s">
+        <v>2216</v>
+      </c>
+      <c r="B616" s="1" t="s">
         <v>2217</v>
-      </c>
-[...1 lines deleted...]
-        <v>2218</v>
       </c>
       <c r="C616" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D616" s="1">
         <v>2004</v>
       </c>
       <c r="E616" s="1" t="s">
         <v>159</v>
       </c>
       <c r="F616" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G616" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H616" s="1" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="I616" s="1" t="s">
-        <v>2219</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="617" spans="1:9">
       <c r="A617" s="1" t="s">
+        <v>2219</v>
+      </c>
+      <c r="B617" s="1" t="s">
         <v>2220</v>
-      </c>
-[...1 lines deleted...]
-        <v>2221</v>
       </c>
       <c r="C617" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D617" s="1">
         <v>2005</v>
       </c>
       <c r="E617" s="1" t="s">
-        <v>2222</v>
+        <v>2221</v>
       </c>
       <c r="F617" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G617" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H617" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I617" s="1" t="s">
-        <v>2223</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="618" spans="1:9">
       <c r="A618" s="1" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B618" s="1" t="s">
         <v>2224</v>
-      </c>
-[...1 lines deleted...]
-        <v>2225</v>
       </c>
       <c r="C618" s="1" t="s">
         <v>258</v>
       </c>
       <c r="D618" s="1">
         <v>2007</v>
       </c>
       <c r="E618" s="1" t="s">
-        <v>2226</v>
+        <v>2225</v>
       </c>
       <c r="F618" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G618" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H618" s="1" t="s">
         <v>41</v>
       </c>
       <c r="I618" s="1" t="s">
-        <v>2227</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="619" spans="1:9">
       <c r="A619" s="1" t="s">
+        <v>2227</v>
+      </c>
+      <c r="B619" s="1" t="s">
         <v>2228</v>
-      </c>
-[...1 lines deleted...]
-        <v>2229</v>
       </c>
       <c r="C619" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D619" s="1">
         <v>2019</v>
       </c>
       <c r="E619" s="1" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="F619" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G619" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H619" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I619" s="1" t="s">
-        <v>2230</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="620" spans="1:9">
       <c r="A620" s="1" t="s">
+        <v>2230</v>
+      </c>
+      <c r="B620" s="1" t="s">
         <v>2231</v>
       </c>
-      <c r="B620" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C620" s="1" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="D620" s="1">
         <v>2006</v>
       </c>
       <c r="E620" s="1" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="F620" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G620" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H620" s="1" t="s">
         <v>60</v>
       </c>
       <c r="I620" s="1" t="s">
-        <v>2233</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="621" spans="1:9">
       <c r="A621" s="1" t="s">
+        <v>2233</v>
+      </c>
+      <c r="B621" s="1" t="s">
         <v>2234</v>
-      </c>
-[...1 lines deleted...]
-        <v>2235</v>
       </c>
       <c r="C621" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D621" s="1">
         <v>2016</v>
       </c>
       <c r="E621" s="1" t="s">
         <v>163</v>
       </c>
       <c r="F621" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G621" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H621" s="1" t="s">
         <v>72</v>
       </c>
       <c r="I621" s="1" t="s">
-        <v>2236</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="622" spans="1:9">
       <c r="A622" s="1" t="s">
+        <v>2236</v>
+      </c>
+      <c r="B622" s="1" t="s">
         <v>2237</v>
-      </c>
-[...1 lines deleted...]
-        <v>2238</v>
       </c>
       <c r="C622" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D622" s="1">
         <v>2006</v>
       </c>
       <c r="E622" s="1" t="s">
-        <v>2239</v>
+        <v>2238</v>
       </c>
       <c r="F622" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G622" s="1" t="s">
         <v>78</v>
       </c>
       <c r="H622" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I622" s="1" t="s">
-        <v>2240</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="623" spans="1:9">
       <c r="A623" s="1" t="s">
+        <v>2240</v>
+      </c>
+      <c r="B623" s="1" t="s">
         <v>2241</v>
-      </c>
-[...1 lines deleted...]
-        <v>2242</v>
       </c>
       <c r="C623" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D623" s="1">
         <v>2009</v>
       </c>
       <c r="E623" s="1" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="F623" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G623" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H623" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I623" s="1" t="s">
-        <v>2243</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="624" spans="1:9">
       <c r="A624" s="1" t="s">
+        <v>2243</v>
+      </c>
+      <c r="B624" s="1" t="s">
         <v>2244</v>
       </c>
-      <c r="B624" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C624" s="1" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="D624" s="1">
         <v>2022</v>
       </c>
       <c r="E624" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F624" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G624" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H624" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I624" s="1" t="s">
-        <v>2246</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="625" spans="1:9">
       <c r="A625" s="1" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B625" s="1" t="s">
         <v>2247</v>
-      </c>
-[...1 lines deleted...]
-        <v>2248</v>
       </c>
       <c r="C625" s="1" t="s">
         <v>323</v>
       </c>
       <c r="D625" s="1">
         <v>2000</v>
       </c>
       <c r="E625" s="1" t="s">
-        <v>2249</v>
+        <v>2248</v>
       </c>
       <c r="F625" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G625" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H625" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I625" s="1" t="s">
-        <v>2250</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="626" spans="1:9">
       <c r="A626" s="1" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B626" s="1" t="s">
         <v>2251</v>
-      </c>
-[...1 lines deleted...]
-        <v>2252</v>
       </c>
       <c r="C626" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D626" s="1">
         <v>2006</v>
       </c>
       <c r="E626" s="1" t="s">
         <v>84</v>
       </c>
       <c r="F626" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G626" s="1" t="s">
         <v>112</v>
       </c>
       <c r="H626" s="1" t="s">
         <v>60</v>
       </c>
       <c r="I626" s="1" t="s">
-        <v>2253</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="627" spans="1:9">
       <c r="A627" s="1" t="s">
+        <v>2253</v>
+      </c>
+      <c r="B627" s="1" t="s">
         <v>2254</v>
-      </c>
-[...1 lines deleted...]
-        <v>2255</v>
       </c>
       <c r="C627" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D627" s="1">
         <v>1999</v>
       </c>
       <c r="E627" s="1" t="s">
         <v>356</v>
       </c>
       <c r="F627" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="H627" s="1" t="s">
         <v>118</v>
       </c>
       <c r="I627" s="1"/>
     </row>
     <row r="628" spans="1:9">
       <c r="A628" s="1" t="s">
+        <v>2255</v>
+      </c>
+      <c r="B628" s="1" t="s">
         <v>2256</v>
       </c>
-      <c r="B628" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C628" s="1" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="D628" s="1">
         <v>2006</v>
       </c>
       <c r="E628" s="1" t="s">
-        <v>2258</v>
+        <v>2257</v>
       </c>
       <c r="F628" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G628" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H628" s="1" t="s">
         <v>41</v>
       </c>
       <c r="I628" s="1" t="s">
-        <v>2259</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="629" spans="1:9">
       <c r="A629" s="1" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B629" s="1" t="s">
         <v>2260</v>
-      </c>
-[...1 lines deleted...]
-        <v>2261</v>
       </c>
       <c r="C629" s="1" t="s">
         <v>345</v>
       </c>
       <c r="D629" s="1">
         <v>2000</v>
       </c>
       <c r="E629" s="1" t="s">
         <v>102</v>
       </c>
       <c r="F629" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G629" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H629" s="1" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="I629" s="1" t="s">
-        <v>2262</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="630" spans="1:9">
       <c r="A630" s="1" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B630" s="1" t="s">
         <v>2263</v>
-      </c>
-[...1 lines deleted...]
-        <v>2264</v>
       </c>
       <c r="C630" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D630" s="1">
         <v>2014</v>
       </c>
       <c r="E630" s="1" t="s">
         <v>141</v>
       </c>
       <c r="F630" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G630" s="1" t="s">
         <v>212</v>
       </c>
       <c r="H630" s="1" t="s">
         <v>72</v>
       </c>
       <c r="I630" s="1" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="631" spans="1:9">
       <c r="A631" s="1" t="s">
+        <v>2264</v>
+      </c>
+      <c r="B631" s="1" t="s">
         <v>2265</v>
       </c>
-      <c r="B631" s="1" t="s">
+      <c r="C631" s="1" t="s">
         <v>2266</v>
-      </c>
-[...1 lines deleted...]
-        <v>2267</v>
       </c>
       <c r="D631" s="1">
         <v>2014</v>
       </c>
       <c r="E631" s="1" t="s">
         <v>356</v>
       </c>
       <c r="F631" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G631" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H631" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I631" s="1" t="s">
-        <v>2268</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="632" spans="1:9">
       <c r="A632" s="1" t="s">
+        <v>2268</v>
+      </c>
+      <c r="B632" s="1" t="s">
         <v>2269</v>
       </c>
-      <c r="B632" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C632" s="1" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="D632" s="1">
         <v>2014</v>
       </c>
       <c r="E632" s="1" t="s">
-        <v>2271</v>
+        <v>2270</v>
       </c>
       <c r="F632" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G632" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H632" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I632" s="1" t="s">
-        <v>2272</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="633" spans="1:9">
       <c r="A633" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B633" s="1" t="s">
         <v>2273</v>
       </c>
-      <c r="B633" s="1" t="s">
+      <c r="C633" s="1" t="s">
         <v>2274</v>
-      </c>
-[...1 lines deleted...]
-        <v>2275</v>
       </c>
       <c r="D633" s="1">
         <v>2017</v>
       </c>
       <c r="E633" s="1" t="s">
-        <v>2276</v>
+        <v>2275</v>
       </c>
       <c r="F633" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G633" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H633" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I633" s="1" t="s">
-        <v>2277</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="634" spans="1:9">
       <c r="A634" s="1" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B634" s="1" t="s">
         <v>2278</v>
-      </c>
-[...1 lines deleted...]
-        <v>2279</v>
       </c>
       <c r="C634" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D634" s="1">
         <v>2010</v>
       </c>
       <c r="E634" s="1" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="F634" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G634" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H634" s="1" t="s">
         <v>118</v>
       </c>
       <c r="I634" s="1" t="s">
-        <v>2280</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="635" spans="1:9">
       <c r="A635" s="1" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B635" s="1" t="s">
         <v>2281</v>
       </c>
-      <c r="B635" s="1" t="s">
+      <c r="C635" s="1" t="s">
         <v>2282</v>
-      </c>
-[...1 lines deleted...]
-        <v>2283</v>
       </c>
       <c r="D635" s="1">
         <v>2020</v>
       </c>
       <c r="E635" s="1" t="s">
-        <v>2284</v>
+        <v>2283</v>
       </c>
       <c r="F635" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G635" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H635" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I635" s="1" t="s">
-        <v>2285</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="636" spans="1:9">
       <c r="A636" s="1" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B636" s="1" t="s">
         <v>2286</v>
       </c>
-      <c r="B636" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C636" s="1" t="s">
-        <v>2283</v>
+        <v>2282</v>
       </c>
       <c r="D636" s="1">
         <v>2014</v>
       </c>
       <c r="E636" s="1" t="s">
         <v>363</v>
       </c>
       <c r="F636" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G636" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H636" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I636" s="1" t="s">
-        <v>2288</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="637" spans="1:9">
       <c r="A637" s="1" t="s">
+        <v>2288</v>
+      </c>
+      <c r="B637" s="1" t="s">
         <v>2289</v>
-      </c>
-[...1 lines deleted...]
-        <v>2290</v>
       </c>
       <c r="C637" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D637" s="1">
         <v>2022</v>
       </c>
       <c r="E637" s="1" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="F637" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G637" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H637" s="1" t="s">
         <v>28</v>
       </c>
       <c r="I637" s="1" t="s">
-        <v>2291</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="638" spans="1:9">
       <c r="A638" s="1" t="s">
+        <v>2291</v>
+      </c>
+      <c r="B638" s="1" t="s">
         <v>2292</v>
-      </c>
-[...1 lines deleted...]
-        <v>2293</v>
       </c>
       <c r="C638" s="1" t="s">
         <v>417</v>
       </c>
       <c r="D638" s="1">
         <v>2021</v>
       </c>
       <c r="E638" s="1" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="F638" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G638" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H638" s="1" t="s">
         <v>486</v>
       </c>
       <c r="I638" s="1" t="s">
-        <v>2294</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="639" spans="1:9">
       <c r="A639" s="1" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B639" s="1" t="s">
         <v>2295</v>
       </c>
-      <c r="B639" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C639" s="1" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="D639" s="1">
         <v>2015</v>
       </c>
       <c r="E639" s="1" t="s">
         <v>84</v>
       </c>
       <c r="F639" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G639" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H639" s="1" t="s">
         <v>60</v>
       </c>
       <c r="I639" s="1" t="s">
-        <v>2297</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="640" spans="1:9">
       <c r="A640" s="1" t="s">
+        <v>2297</v>
+      </c>
+      <c r="B640" s="1" t="s">
         <v>2298</v>
       </c>
-      <c r="B640" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C640" s="1" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="D640" s="1">
         <v>2024</v>
       </c>
       <c r="E640" s="1" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="F640" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G640" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H640" s="1" t="s">
+        <v>2299</v>
+      </c>
+      <c r="I640" s="1" t="s">
         <v>2300</v>
-      </c>
-[...1 lines deleted...]
-        <v>2301</v>
       </c>
     </row>
     <row r="641" spans="1:9">
       <c r="A641" s="1" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B641" s="1" t="s">
         <v>2302</v>
-      </c>
-[...1 lines deleted...]
-        <v>2303</v>
       </c>
       <c r="C641" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D641" s="1">
         <v>2006</v>
       </c>
       <c r="E641" s="1" t="s">
-        <v>2304</v>
+        <v>2303</v>
       </c>
       <c r="F641" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G641" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H641" s="1" t="s">
         <v>60</v>
       </c>
       <c r="I641" s="1" t="s">
-        <v>2305</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="642" spans="1:9">
       <c r="A642" s="1" t="s">
+        <v>2305</v>
+      </c>
+      <c r="B642" s="1" t="s">
         <v>2306</v>
-      </c>
-[...1 lines deleted...]
-        <v>2307</v>
       </c>
       <c r="C642" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D642" s="1">
         <v>2005</v>
       </c>
       <c r="E642" s="1" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="F642" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G642" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H642" s="1" t="s">
         <v>290</v>
       </c>
       <c r="I642" s="1" t="s">
-        <v>2308</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="643" spans="1:9">
       <c r="A643" s="1" t="s">
+        <v>2308</v>
+      </c>
+      <c r="B643" s="1" t="s">
         <v>2309</v>
       </c>
-      <c r="B643" s="1" t="s">
+      <c r="C643" s="1" t="s">
         <v>2310</v>
-      </c>
-[...1 lines deleted...]
-        <v>2311</v>
       </c>
       <c r="D643" s="1">
         <v>2022</v>
       </c>
       <c r="E643" s="1" t="s">
         <v>84</v>
       </c>
       <c r="F643" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G643" s="1" t="s">
         <v>78</v>
       </c>
       <c r="H643" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I643" s="1" t="s">
-        <v>2312</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="644" spans="1:9">
       <c r="A644" s="1" t="s">
+        <v>2312</v>
+      </c>
+      <c r="B644" s="1" t="s">
         <v>2313</v>
       </c>
-      <c r="B644" s="1" t="s">
+      <c r="C644" s="1" t="s">
         <v>2314</v>
-      </c>
-[...1 lines deleted...]
-        <v>2315</v>
       </c>
       <c r="D644" s="1">
         <v>2011</v>
       </c>
       <c r="E644" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F644" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G644" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H644" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I644" s="1" t="s">
-        <v>2316</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="645" spans="1:9">
       <c r="A645" s="1" t="s">
+        <v>2316</v>
+      </c>
+      <c r="B645" s="1" t="s">
         <v>2317</v>
-      </c>
-[...1 lines deleted...]
-        <v>2318</v>
       </c>
       <c r="C645" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D645" s="1">
         <v>1989</v>
       </c>
       <c r="E645" s="1" t="s">
         <v>90</v>
       </c>
       <c r="F645" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G645" s="1" t="s">
         <v>195</v>
       </c>
       <c r="H645" s="1" t="s">
         <v>351</v>
       </c>
       <c r="I645" s="1"/>
     </row>
     <row r="646" spans="1:9">
       <c r="A646" s="1" t="s">
+        <v>2318</v>
+      </c>
+      <c r="B646" s="1" t="s">
         <v>2319</v>
       </c>
-      <c r="B646" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C646" s="1" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="D646" s="1">
         <v>2018</v>
       </c>
       <c r="E646" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F646" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G646" s="1" t="s">
         <v>200</v>
       </c>
       <c r="H646" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I646" s="1" t="s">
-        <v>2321</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="647" spans="1:9">
       <c r="A647" s="1" t="s">
+        <v>2321</v>
+      </c>
+      <c r="B647" s="1" t="s">
         <v>2322</v>
-      </c>
-[...1 lines deleted...]
-        <v>2323</v>
       </c>
       <c r="C647" s="1" t="s">
         <v>254</v>
       </c>
       <c r="D647" s="1">
         <v>2023</v>
       </c>
       <c r="E647" s="1" t="s">
         <v>471</v>
       </c>
       <c r="F647" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G647" s="1" t="s">
         <v>78</v>
       </c>
       <c r="H647" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I647" s="1" t="s">
-        <v>2324</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="648" spans="1:9">
       <c r="A648" s="1" t="s">
+        <v>2324</v>
+      </c>
+      <c r="B648" s="1" t="s">
         <v>2325</v>
       </c>
-      <c r="B648" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C648" s="1" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="D648" s="1">
         <v>2021</v>
       </c>
       <c r="E648" s="1" t="s">
         <v>150</v>
       </c>
       <c r="F648" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G648" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H648" s="1" t="s">
         <v>314</v>
       </c>
       <c r="I648" s="1" t="s">
-        <v>2327</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="649" spans="1:9">
       <c r="A649" s="1" t="s">
+        <v>2327</v>
+      </c>
+      <c r="B649" s="1" t="s">
         <v>2328</v>
-      </c>
-[...1 lines deleted...]
-        <v>2329</v>
       </c>
       <c r="C649" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D649" s="1">
         <v>2006</v>
       </c>
       <c r="E649" s="1" t="s">
-        <v>2330</v>
+        <v>2329</v>
       </c>
       <c r="F649" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G649" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H649" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I649" s="1" t="s">
-        <v>2331</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="650" spans="1:9">
       <c r="A650" s="1" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B650" s="1" t="s">
         <v>2332</v>
-      </c>
-[...1 lines deleted...]
-        <v>2333</v>
       </c>
       <c r="C650" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D650" s="1">
         <v>2019</v>
       </c>
       <c r="E650" s="1" t="s">
         <v>243</v>
       </c>
       <c r="F650" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G650" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H650" s="1" t="s">
         <v>97</v>
       </c>
       <c r="I650" s="1" t="s">
-        <v>2334</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="651" spans="1:9">
       <c r="A651" s="1" t="s">
+        <v>2334</v>
+      </c>
+      <c r="B651" s="1" t="s">
         <v>2335</v>
-      </c>
-[...1 lines deleted...]
-        <v>2336</v>
       </c>
       <c r="C651" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D651" s="1">
         <v>2002</v>
       </c>
       <c r="E651" s="1" t="s">
         <v>267</v>
       </c>
       <c r="F651" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G651" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H651" s="1" t="s">
         <v>97</v>
       </c>
       <c r="I651" s="1" t="s">
-        <v>2337</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="652" spans="1:9">
       <c r="A652" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="B652" s="1" t="s">
         <v>2338</v>
       </c>
-      <c r="B652" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C652" s="1" t="s">
-        <v>433</v>
+        <v>1564</v>
       </c>
       <c r="D652" s="1">
         <v>2023</v>
       </c>
       <c r="E652" s="1" t="s">
-        <v>2340</v>
+        <v>2339</v>
       </c>
       <c r="F652" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G652" s="1" t="s">
         <v>200</v>
       </c>
       <c r="H652" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I652" s="1" t="s">
-        <v>2341</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="653" spans="1:9">
       <c r="A653" s="1" t="s">
+        <v>2341</v>
+      </c>
+      <c r="B653" s="1" t="s">
         <v>2342</v>
-      </c>
-[...1 lines deleted...]
-        <v>2343</v>
       </c>
       <c r="C653" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D653" s="1">
         <v>1991</v>
       </c>
       <c r="E653" s="1" t="s">
-        <v>2344</v>
+        <v>2343</v>
       </c>
       <c r="F653" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G653" s="1" t="s">
         <v>195</v>
       </c>
       <c r="H653" s="1" t="s">
         <v>300</v>
       </c>
       <c r="I653" s="1" t="s">
-        <v>2345</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="654" spans="1:9">
       <c r="A654" s="1" t="s">
+        <v>2345</v>
+      </c>
+      <c r="B654" s="1" t="s">
         <v>2346</v>
-      </c>
-[...1 lines deleted...]
-        <v>2347</v>
       </c>
       <c r="C654" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D654" s="1">
         <v>2004</v>
       </c>
       <c r="E654" s="1" t="s">
-        <v>2348</v>
+        <v>2347</v>
       </c>
       <c r="F654" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G654" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H654" s="1" t="s">
         <v>351</v>
       </c>
       <c r="I654" s="1" t="s">
-        <v>2349</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="655" spans="1:9">
       <c r="A655" s="1" t="s">
+        <v>2349</v>
+      </c>
+      <c r="B655" s="1" t="s">
         <v>2350</v>
-      </c>
-[...1 lines deleted...]
-        <v>2351</v>
       </c>
       <c r="C655" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D655" s="1">
         <v>2018</v>
       </c>
       <c r="E655" s="1" t="s">
         <v>77</v>
       </c>
       <c r="F655" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G655" s="1" t="s">
         <v>212</v>
       </c>
       <c r="H655" s="1" t="s">
         <v>108</v>
       </c>
       <c r="I655" s="1" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="656" spans="1:9">
       <c r="A656" s="1" t="s">
+        <v>2351</v>
+      </c>
+      <c r="B656" s="1" t="s">
         <v>2352</v>
       </c>
-      <c r="B656" s="1" t="s">
+      <c r="C656" s="1" t="s">
         <v>2353</v>
-      </c>
-[...1 lines deleted...]
-        <v>2354</v>
       </c>
       <c r="D656" s="1">
         <v>2023</v>
       </c>
       <c r="E656" s="1" t="s">
         <v>190</v>
       </c>
       <c r="F656" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G656" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H656" s="1" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="I656" s="1" t="s">
-        <v>2355</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="657" spans="1:9">
       <c r="A657" s="1" t="s">
-        <v>2356</v>
+        <v>2355</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>2229</v>
+        <v>2228</v>
       </c>
       <c r="C657" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D657" s="1">
         <v>2019</v>
       </c>
       <c r="E657" s="1" t="s">
         <v>441</v>
       </c>
       <c r="F657" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G657" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H657" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I657" s="1" t="s">
-        <v>2357</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="658" spans="1:9">
       <c r="A658" s="1" t="s">
+        <v>2357</v>
+      </c>
+      <c r="B658" s="1" t="s">
         <v>2358</v>
       </c>
-      <c r="B658" s="1" t="s">
+      <c r="C658" s="1" t="s">
         <v>2359</v>
-      </c>
-[...1 lines deleted...]
-        <v>2360</v>
       </c>
       <c r="D658" s="1">
         <v>2003</v>
       </c>
       <c r="E658" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F658" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G658" s="1" t="s">
         <v>78</v>
       </c>
       <c r="H658" s="1" t="s">
         <v>221</v>
       </c>
       <c r="I658" s="1" t="s">
-        <v>2361</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="659" spans="1:9">
       <c r="A659" s="1" t="s">
+        <v>2361</v>
+      </c>
+      <c r="B659" s="1" t="s">
         <v>2362</v>
       </c>
-      <c r="B659" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C659" s="1" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="D659" s="1">
         <v>2019</v>
       </c>
       <c r="E659" s="1" t="s">
         <v>150</v>
       </c>
       <c r="F659" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G659" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H659" s="1" t="s">
         <v>578</v>
       </c>
       <c r="I659" s="1" t="s">
-        <v>2364</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="660" spans="1:9">
       <c r="A660" s="1" t="s">
+        <v>2364</v>
+      </c>
+      <c r="B660" s="1" t="s">
         <v>2365</v>
-      </c>
-[...1 lines deleted...]
-        <v>2366</v>
       </c>
       <c r="C660" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D660" s="1">
         <v>2010</v>
       </c>
       <c r="E660" s="1" t="s">
-        <v>2121</v>
+        <v>2120</v>
       </c>
       <c r="F660" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G660" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H660" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I660" s="1" t="s">
-        <v>2367</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="661" spans="1:9">
       <c r="A661" s="1" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B661" s="1" t="s">
         <v>2368</v>
       </c>
-      <c r="B661" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C661" s="1" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="D661" s="1">
         <v>2004</v>
       </c>
       <c r="E661" s="1" t="s">
         <v>190</v>
       </c>
       <c r="F661" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G661" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H661" s="1" t="s">
         <v>221</v>
       </c>
       <c r="I661" s="1" t="s">
-        <v>2370</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="662" spans="1:9">
       <c r="A662" s="1" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B662" s="1" t="s">
         <v>2371</v>
-      </c>
-[...1 lines deleted...]
-        <v>2372</v>
       </c>
       <c r="C662" s="1" t="s">
         <v>323</v>
       </c>
       <c r="D662" s="1">
         <v>2022</v>
       </c>
       <c r="E662" s="1" t="s">
-        <v>2373</v>
+        <v>2372</v>
       </c>
       <c r="F662" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G662" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H662" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I662" s="1" t="s">
-        <v>2374</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="663" spans="1:9">
       <c r="A663" s="1" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B663" s="1" t="s">
         <v>2375</v>
-      </c>
-[...1 lines deleted...]
-        <v>2376</v>
       </c>
       <c r="C663" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D663" s="1">
         <v>2009</v>
       </c>
       <c r="E663" s="1" t="s">
         <v>319</v>
       </c>
       <c r="F663" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G663" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H663" s="1" t="s">
         <v>72</v>
       </c>
       <c r="I663" s="1" t="s">
-        <v>2377</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="664" spans="1:9">
       <c r="A664" s="1" t="s">
+        <v>2377</v>
+      </c>
+      <c r="B664" s="1" t="s">
         <v>2378</v>
-      </c>
-[...1 lines deleted...]
-        <v>2379</v>
       </c>
       <c r="C664" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D664" s="1">
         <v>2007</v>
       </c>
       <c r="E664" s="1" t="s">
-        <v>2069</v>
+        <v>2068</v>
       </c>
       <c r="F664" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G664" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H664" s="1" t="s">
         <v>351</v>
       </c>
       <c r="I664" s="1" t="s">
-        <v>2380</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="665" spans="1:9">
       <c r="A665" s="1" t="s">
+        <v>2380</v>
+      </c>
+      <c r="B665" s="1" t="s">
         <v>2381</v>
       </c>
-      <c r="B665" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C665" s="1" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="D665" s="1">
         <v>2010</v>
       </c>
       <c r="E665" s="1" t="s">
         <v>466</v>
       </c>
       <c r="F665" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G665" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H665" s="1" t="s">
         <v>60</v>
       </c>
       <c r="I665" s="1" t="s">
-        <v>2383</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="666" spans="1:9">
       <c r="A666" s="1" t="s">
+        <v>2383</v>
+      </c>
+      <c r="B666" s="1" t="s">
         <v>2384</v>
-      </c>
-[...1 lines deleted...]
-        <v>2385</v>
       </c>
       <c r="C666" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D666" s="1">
         <v>2021</v>
       </c>
       <c r="E666" s="1" t="s">
         <v>65</v>
       </c>
       <c r="F666" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G666" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H666" s="1" t="s">
         <v>300</v>
       </c>
       <c r="I666" s="1" t="s">
-        <v>2386</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="667" spans="1:9">
       <c r="A667" s="1" t="s">
+        <v>2386</v>
+      </c>
+      <c r="B667" s="1" t="s">
         <v>2387</v>
       </c>
-      <c r="B667" s="1" t="s">
+      <c r="C667" s="1" t="s">
         <v>2388</v>
-      </c>
-[...1 lines deleted...]
-        <v>2389</v>
       </c>
       <c r="D667" s="1">
         <v>2020</v>
       </c>
       <c r="E667" s="1" t="s">
-        <v>2390</v>
+        <v>2389</v>
       </c>
       <c r="F667" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G667" s="1" t="s">
         <v>200</v>
       </c>
       <c r="H667" s="1" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="I667" s="1" t="s">
-        <v>2391</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="668" spans="1:9">
       <c r="A668" s="1" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B668" s="1" t="s">
         <v>2392</v>
-      </c>
-[...1 lines deleted...]
-        <v>2393</v>
       </c>
       <c r="C668" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D668" s="1">
         <v>2018</v>
       </c>
       <c r="E668" s="1" t="s">
         <v>84</v>
       </c>
       <c r="F668" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G668" s="1" t="s">
         <v>212</v>
       </c>
       <c r="H668" s="1" t="s">
         <v>300</v>
       </c>
       <c r="I668" s="1" t="s">
-        <v>2394</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="669" spans="1:9">
       <c r="A669" s="1" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B669" s="1" t="s">
         <v>2395</v>
-      </c>
-[...1 lines deleted...]
-        <v>2396</v>
       </c>
       <c r="C669" s="1" t="s">
         <v>470</v>
       </c>
       <c r="D669" s="1">
         <v>2024</v>
       </c>
       <c r="E669" s="1" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="F669" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G669" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H669" s="1" t="s">
+        <v>2396</v>
+      </c>
+      <c r="I669" s="1" t="s">
         <v>2397</v>
-      </c>
-[...1 lines deleted...]
-        <v>2398</v>
       </c>
     </row>
     <row r="670" spans="1:9">
       <c r="A670" s="1" t="s">
+        <v>2398</v>
+      </c>
+      <c r="B670" s="1" t="s">
         <v>2399</v>
-      </c>
-[...1 lines deleted...]
-        <v>2400</v>
       </c>
       <c r="C670" s="1" t="s">
         <v>304</v>
       </c>
       <c r="D670" s="1">
         <v>2006</v>
       </c>
       <c r="E670" s="1" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="F670" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G670" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H670" s="1" t="s">
         <v>60</v>
       </c>
       <c r="I670" s="1" t="s">
-        <v>2401</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="671" spans="1:9">
       <c r="A671" s="1" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B671" s="1" t="s">
         <v>2402</v>
       </c>
-      <c r="B671" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C671" s="1" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="D671" s="1">
         <v>2015</v>
       </c>
       <c r="E671" s="1" t="s">
-        <v>2404</v>
+        <v>2403</v>
       </c>
       <c r="F671" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G671" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H671" s="1" t="s">
+        <v>2404</v>
+      </c>
+      <c r="I671" s="1" t="s">
         <v>2405</v>
-      </c>
-[...1 lines deleted...]
-        <v>2406</v>
       </c>
     </row>
     <row r="672" spans="1:9">
       <c r="A672" s="1" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B672" s="1" t="s">
         <v>2407</v>
       </c>
-      <c r="B672" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C672" s="1" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="D672" s="1">
         <v>2024</v>
       </c>
       <c r="E672" s="1" t="s">
-        <v>2404</v>
+        <v>2403</v>
       </c>
       <c r="F672" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G672" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H672" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I672" s="1" t="s">
-        <v>2409</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="673" spans="1:9">
       <c r="A673" s="1" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B673" s="1" t="s">
         <v>2410</v>
-      </c>
-[...1 lines deleted...]
-        <v>2411</v>
       </c>
       <c r="C673" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D673" s="1">
         <v>2005</v>
       </c>
       <c r="E673" s="1" t="s">
         <v>295</v>
       </c>
       <c r="F673" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G673" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H673" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I673" s="1" t="s">
-        <v>2412</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="674" spans="1:9">
       <c r="A674" s="1" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B674" s="1" t="s">
         <v>2413</v>
-      </c>
-[...1 lines deleted...]
-        <v>2414</v>
       </c>
       <c r="C674" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D674" s="1">
         <v>2006</v>
       </c>
       <c r="E674" s="1" t="s">
-        <v>2348</v>
+        <v>2347</v>
       </c>
       <c r="F674" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G674" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H674" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I674" s="1" t="s">
-        <v>2415</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="675" spans="1:9">
       <c r="A675" s="1" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B675" s="1" t="s">
         <v>2416</v>
-      </c>
-[...1 lines deleted...]
-        <v>2417</v>
       </c>
       <c r="C675" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D675" s="1">
         <v>2019</v>
       </c>
       <c r="E675" s="1" t="s">
         <v>163</v>
       </c>
       <c r="F675" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G675" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H675" s="1" t="s">
         <v>300</v>
       </c>
       <c r="I675" s="1" t="s">
-        <v>2418</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="676" spans="1:9">
       <c r="A676" s="1" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B676" s="1" t="s">
         <v>2419</v>
       </c>
-      <c r="B676" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C676" s="1" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="D676" s="1">
         <v>2019</v>
       </c>
       <c r="E676" s="1" t="s">
         <v>289</v>
       </c>
       <c r="F676" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G676" s="1" t="s">
         <v>200</v>
       </c>
       <c r="H676" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I676" s="1" t="s">
-        <v>2421</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="677" spans="1:9">
       <c r="A677" s="1" t="s">
+        <v>2421</v>
+      </c>
+      <c r="B677" s="1" t="s">
         <v>2422</v>
-      </c>
-[...1 lines deleted...]
-        <v>2423</v>
       </c>
       <c r="C677" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D677" s="1">
         <v>2007</v>
       </c>
       <c r="E677" s="1" t="s">
-        <v>2424</v>
+        <v>2423</v>
       </c>
       <c r="F677" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G677" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H677" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I677" s="1" t="s">
-        <v>2425</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="678" spans="1:9">
       <c r="A678" s="1" t="s">
+        <v>2425</v>
+      </c>
+      <c r="B678" s="1" t="s">
         <v>2426</v>
-      </c>
-[...1 lines deleted...]
-        <v>2427</v>
       </c>
       <c r="C678" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D678" s="1">
         <v>2006</v>
       </c>
       <c r="E678" s="1" t="s">
         <v>225</v>
       </c>
       <c r="F678" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G678" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H678" s="1" t="s">
         <v>351</v>
       </c>
       <c r="I678" s="1" t="s">
-        <v>2428</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="679" spans="1:9">
       <c r="A679" s="1" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B679" s="1" t="s">
         <v>2429</v>
-      </c>
-[...1 lines deleted...]
-        <v>2430</v>
       </c>
       <c r="C679" s="1" t="s">
         <v>254</v>
       </c>
       <c r="D679" s="1">
         <v>2022</v>
       </c>
       <c r="E679" s="1" t="s">
         <v>90</v>
       </c>
       <c r="F679" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G679" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H679" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I679" s="1" t="s">
-        <v>2431</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="680" spans="1:9">
       <c r="A680" s="1" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B680" s="1" t="s">
         <v>2432</v>
       </c>
-      <c r="B680" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C680" s="1" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="D680" s="1">
         <v>2018</v>
       </c>
       <c r="E680" s="1" t="s">
         <v>225</v>
       </c>
       <c r="F680" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G680" s="1" t="s">
         <v>91</v>
       </c>
       <c r="H680" s="1" t="s">
         <v>396</v>
       </c>
       <c r="I680" s="1" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="681" spans="1:9">
       <c r="A681" s="1" t="s">
-        <v>2434</v>
+        <v>2433</v>
       </c>
       <c r="B681" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C681" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D681" s="1">
         <v>2018</v>
       </c>
       <c r="E681" s="1" t="s">
         <v>168</v>
       </c>
       <c r="F681" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G681" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H681" s="1" t="s">
         <v>486</v>
       </c>
       <c r="I681" s="1" t="s">
-        <v>2435</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="682" spans="1:9">
       <c r="A682" s="1" t="s">
+        <v>2435</v>
+      </c>
+      <c r="B682" s="1" t="s">
         <v>2436</v>
-      </c>
-[...1 lines deleted...]
-        <v>2437</v>
       </c>
       <c r="C682" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D682" s="1">
         <v>2000</v>
       </c>
       <c r="E682" s="1" t="s">
         <v>387</v>
       </c>
       <c r="F682" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G682" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H682" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I682" s="1" t="s">
-        <v>2438</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="683" spans="1:9">
       <c r="A683" s="1" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B683" s="1" t="s">
         <v>2439</v>
-      </c>
-[...1 lines deleted...]
-        <v>2440</v>
       </c>
       <c r="C683" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D683" s="1">
         <v>2021</v>
       </c>
       <c r="E683" s="1" t="s">
         <v>577</v>
       </c>
       <c r="F683" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G683" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H683" s="1" t="s">
         <v>28</v>
       </c>
       <c r="I683" s="1" t="s">
-        <v>2441</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="684" spans="1:9">
       <c r="A684" s="1" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B684" s="1" t="s">
         <v>2442</v>
       </c>
-      <c r="B684" s="1" t="s">
+      <c r="C684" s="1" t="s">
         <v>2443</v>
-      </c>
-[...1 lines deleted...]
-        <v>2444</v>
       </c>
       <c r="D684" s="1">
         <v>2024</v>
       </c>
       <c r="E684" s="1" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="F684" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G684" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H684" s="1" t="s">
         <v>396</v>
       </c>
       <c r="I684" s="1" t="s">
-        <v>2445</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="685" spans="1:9">
       <c r="A685" s="1" t="s">
+        <v>2445</v>
+      </c>
+      <c r="B685" s="1" t="s">
         <v>2446</v>
       </c>
-      <c r="B685" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C685" s="1" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="D685" s="1">
         <v>2004</v>
       </c>
       <c r="E685" s="1" t="s">
-        <v>2448</v>
+        <v>2447</v>
       </c>
       <c r="F685" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G685" s="1" t="s">
         <v>212</v>
       </c>
       <c r="H685" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I685" s="1" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="686" spans="1:9">
       <c r="A686" s="1" t="s">
+        <v>2448</v>
+      </c>
+      <c r="B686" s="1" t="s">
         <v>2449</v>
       </c>
-      <c r="B686" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C686" s="1" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="D686" s="1">
         <v>2001</v>
       </c>
       <c r="E686" s="1" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="F686" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G686" s="1" t="s">
         <v>91</v>
       </c>
       <c r="H686" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I686" s="1" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="687" spans="1:9">
       <c r="A687" s="1" t="s">
+        <v>2450</v>
+      </c>
+      <c r="B687" s="1" t="s">
         <v>2451</v>
       </c>
-      <c r="B687" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C687" s="1" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="D687" s="1">
         <v>2015</v>
       </c>
       <c r="E687" s="1" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="F687" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G687" s="1" t="s">
         <v>195</v>
       </c>
       <c r="H687" s="1" t="s">
         <v>97</v>
       </c>
       <c r="I687" s="1"/>
     </row>
     <row r="688" spans="1:9">
       <c r="A688" s="1" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B688" s="1" t="s">
         <v>2453</v>
       </c>
-      <c r="B688" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C688" s="1" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="D688" s="1">
         <v>2008</v>
       </c>
       <c r="E688" s="1" t="s">
-        <v>723</v>
+        <v>608</v>
       </c>
       <c r="F688" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G688" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H688" s="1" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="I688" s="1" t="s">
-        <v>2455</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="689" spans="1:9">
       <c r="A689" s="1" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B689" s="1" t="s">
         <v>2456</v>
-      </c>
-[...1 lines deleted...]
-        <v>2457</v>
       </c>
       <c r="C689" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D689" s="1">
         <v>2018</v>
       </c>
       <c r="E689" s="1" t="s">
-        <v>2458</v>
+        <v>2457</v>
       </c>
       <c r="F689" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G689" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H689" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I689" s="1" t="s">
-        <v>2459</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="690" spans="1:9">
       <c r="A690" s="1" t="s">
+        <v>2459</v>
+      </c>
+      <c r="B690" s="1" t="s">
         <v>2460</v>
-      </c>
-[...1 lines deleted...]
-        <v>2461</v>
       </c>
       <c r="C690" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D690" s="1">
         <v>1997</v>
       </c>
       <c r="E690" s="1" t="s">
         <v>238</v>
       </c>
       <c r="F690" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G690" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H690" s="1" t="s">
+        <v>2461</v>
+      </c>
+      <c r="I690" s="1" t="s">
         <v>2462</v>
-      </c>
-[...1 lines deleted...]
-        <v>2463</v>
       </c>
     </row>
     <row r="691" spans="1:9">
       <c r="A691" s="1" t="s">
+        <v>2463</v>
+      </c>
+      <c r="B691" s="1" t="s">
         <v>2464</v>
       </c>
-      <c r="B691" s="1" t="s">
+      <c r="C691" s="1" t="s">
         <v>2465</v>
-      </c>
-[...1 lines deleted...]
-        <v>2466</v>
       </c>
       <c r="D691" s="1">
         <v>2020</v>
       </c>
       <c r="E691" s="1" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="F691" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G691" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H691" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I691" s="1" t="s">
-        <v>2467</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="692" spans="1:9">
       <c r="A692" s="1" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B692" s="1" t="s">
         <v>2468</v>
       </c>
-      <c r="B692" s="1" t="s">
+      <c r="C692" s="1" t="s">
         <v>2469</v>
-      </c>
-[...1 lines deleted...]
-        <v>2470</v>
       </c>
       <c r="D692" s="1">
         <v>2022</v>
       </c>
       <c r="E692" s="1" t="s">
         <v>90</v>
       </c>
       <c r="F692" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G692" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H692" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I692" s="1" t="s">
-        <v>2471</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="693" spans="1:9">
       <c r="A693" s="1" t="s">
+        <v>2471</v>
+      </c>
+      <c r="B693" s="1" t="s">
         <v>2472</v>
-      </c>
-[...1 lines deleted...]
-        <v>2473</v>
       </c>
       <c r="C693" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D693" s="1">
         <v>2022</v>
       </c>
       <c r="E693" s="1" t="s">
         <v>356</v>
       </c>
       <c r="F693" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G693" s="1" t="s">
         <v>200</v>
       </c>
       <c r="H693" s="1" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="I693" s="1" t="s">
-        <v>2474</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="694" spans="1:9">
       <c r="A694" s="1" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B694" s="1" t="s">
         <v>2475</v>
-      </c>
-[...1 lines deleted...]
-        <v>2476</v>
       </c>
       <c r="C694" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D694" s="1">
         <v>2023</v>
       </c>
       <c r="E694" s="1" t="s">
         <v>168</v>
       </c>
       <c r="F694" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G694" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H694" s="1" t="s">
         <v>28</v>
       </c>
       <c r="I694" s="1" t="s">
-        <v>2477</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="695" spans="1:9">
       <c r="A695" s="1" t="s">
+        <v>2477</v>
+      </c>
+      <c r="B695" s="1" t="s">
         <v>2478</v>
       </c>
-      <c r="B695" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C695" s="1" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="D695" s="1">
         <v>2020</v>
       </c>
       <c r="E695" s="1" t="s">
         <v>132</v>
       </c>
       <c r="F695" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G695" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H695" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I695" s="1" t="s">
-        <v>2480</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="696" spans="1:9">
       <c r="A696" s="1" t="s">
+        <v>2480</v>
+      </c>
+      <c r="B696" s="1" t="s">
         <v>2481</v>
-      </c>
-[...1 lines deleted...]
-        <v>2482</v>
       </c>
       <c r="C696" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D696" s="1">
         <v>2009</v>
       </c>
       <c r="E696" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F696" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G696" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H696" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I696" s="1" t="s">
-        <v>2483</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="697" spans="1:9">
       <c r="A697" s="1" t="s">
+        <v>2483</v>
+      </c>
+      <c r="B697" s="1" t="s">
         <v>2484</v>
-      </c>
-[...1 lines deleted...]
-        <v>2485</v>
       </c>
       <c r="C697" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D697" s="1">
         <v>2014</v>
       </c>
       <c r="E697" s="1" t="s">
         <v>154</v>
       </c>
       <c r="F697" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G697" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H697" s="1" t="s">
         <v>28</v>
       </c>
       <c r="I697" s="1" t="s">
-        <v>2486</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="698" spans="1:9">
       <c r="A698" s="1" t="s">
+        <v>2486</v>
+      </c>
+      <c r="B698" s="1" t="s">
         <v>2487</v>
-      </c>
-[...1 lines deleted...]
-        <v>2488</v>
       </c>
       <c r="C698" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D698" s="1">
         <v>2008</v>
       </c>
       <c r="E698" s="1" t="s">
-        <v>2489</v>
+        <v>2488</v>
       </c>
       <c r="F698" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G698" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H698" s="1" t="s">
         <v>41</v>
       </c>
       <c r="I698" s="1" t="s">
-        <v>2490</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="699" spans="1:9">
       <c r="A699" s="1" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B699" s="1" t="s">
         <v>2491</v>
-      </c>
-[...1 lines deleted...]
-        <v>2492</v>
       </c>
       <c r="C699" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D699" s="1">
         <v>2019</v>
       </c>
       <c r="E699" s="1" t="s">
         <v>90</v>
       </c>
       <c r="F699" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G699" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H699" s="1" t="s">
         <v>546</v>
       </c>
       <c r="I699" s="1" t="s">
-        <v>2493</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="700" spans="1:9">
       <c r="A700" s="1" t="s">
+        <v>2493</v>
+      </c>
+      <c r="B700" s="1" t="s">
         <v>2494</v>
-      </c>
-[...1 lines deleted...]
-        <v>2495</v>
       </c>
       <c r="C700" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D700" s="1">
         <v>2012</v>
       </c>
       <c r="E700" s="1" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="F700" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G700" s="1" t="s">
         <v>91</v>
       </c>
       <c r="H700" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I700" s="1" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="701" spans="1:9">
       <c r="A701" s="1" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B701" s="1" t="s">
         <v>2497</v>
-      </c>
-[...1 lines deleted...]
-        <v>2498</v>
       </c>
       <c r="C701" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D701" s="1">
         <v>2006</v>
       </c>
       <c r="E701" s="1" t="s">
         <v>199</v>
       </c>
       <c r="F701" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G701" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H701" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I701" s="1" t="s">
-        <v>2499</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="702" spans="1:9">
       <c r="A702" s="1" t="s">
+        <v>2499</v>
+      </c>
+      <c r="B702" s="1" t="s">
         <v>2500</v>
-      </c>
-[...1 lines deleted...]
-        <v>2501</v>
       </c>
       <c r="C702" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D702" s="1">
         <v>2014</v>
       </c>
       <c r="E702" s="1" t="s">
         <v>566</v>
       </c>
       <c r="F702" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G702" s="1" t="s">
         <v>78</v>
       </c>
       <c r="H702" s="1" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="I702" s="1" t="s">
-        <v>2502</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="703" spans="1:9">
       <c r="A703" s="1" t="s">
+        <v>2502</v>
+      </c>
+      <c r="B703" s="1" t="s">
         <v>2503</v>
       </c>
-      <c r="B703" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C703" s="1" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="D703" s="1">
         <v>2014</v>
       </c>
       <c r="E703" s="1" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="F703" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G703" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H703" s="1" t="s">
         <v>72</v>
       </c>
       <c r="I703" s="1" t="s">
-        <v>2505</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="704" spans="1:9">
       <c r="A704" s="1" t="s">
+        <v>2505</v>
+      </c>
+      <c r="B704" s="1" t="s">
         <v>2506</v>
-      </c>
-[...1 lines deleted...]
-        <v>2507</v>
       </c>
       <c r="C704" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D704" s="1">
         <v>2006</v>
       </c>
       <c r="E704" s="1" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="F704" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G704" s="1" t="s">
         <v>200</v>
       </c>
       <c r="H704" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I704" s="1"/>
     </row>
     <row r="705" spans="1:9">
       <c r="A705" s="1" t="s">
+        <v>2507</v>
+      </c>
+      <c r="B705" s="1" t="s">
         <v>2508</v>
-      </c>
-[...1 lines deleted...]
-        <v>2509</v>
       </c>
       <c r="C705" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D705" s="1">
         <v>2007</v>
       </c>
       <c r="E705" s="1" t="s">
-        <v>2510</v>
+        <v>2509</v>
       </c>
       <c r="F705" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G705" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H705" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I705" s="1" t="s">
-        <v>2511</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="706" spans="1:9">
       <c r="A706" s="1" t="s">
+        <v>2511</v>
+      </c>
+      <c r="B706" s="1" t="s">
         <v>2512</v>
       </c>
-      <c r="B706" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C706" s="1" t="s">
-        <v>1426</v>
+        <v>1429</v>
       </c>
       <c r="D706" s="1">
         <v>2023</v>
       </c>
       <c r="E706" s="1" t="s">
         <v>150</v>
       </c>
       <c r="F706" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G706" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H706" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I706" s="1" t="s">
-        <v>2514</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="707" spans="1:9">
       <c r="A707" s="1" t="s">
+        <v>2514</v>
+      </c>
+      <c r="B707" s="1" t="s">
         <v>2515</v>
-      </c>
-[...1 lines deleted...]
-        <v>2516</v>
       </c>
       <c r="C707" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D707" s="1">
         <v>1996</v>
       </c>
       <c r="E707" s="1" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="F707" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G707" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H707" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I707" s="1" t="s">
-        <v>2517</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="708" spans="1:9">
       <c r="A708" s="1" t="s">
+        <v>2517</v>
+      </c>
+      <c r="B708" s="1" t="s">
         <v>2518</v>
       </c>
-      <c r="B708" s="1" t="s">
+      <c r="C708" s="1" t="s">
         <v>2519</v>
       </c>
-      <c r="C708" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D708" s="1">
-        <v>2019</v>
+        <v>2026</v>
       </c>
       <c r="E708" s="1" t="s">
-        <v>229</v>
+        <v>400</v>
       </c>
       <c r="F708" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G708" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H708" s="1" t="s">
-        <v>911</v>
+        <v>21</v>
       </c>
       <c r="I708" s="1" t="s">
         <v>2520</v>
       </c>
     </row>
     <row r="709" spans="1:9">
       <c r="A709" s="1" t="s">
         <v>2521</v>
       </c>
       <c r="B709" s="1" t="s">
         <v>2522</v>
       </c>
       <c r="C709" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D709" s="1">
         <v>2015</v>
       </c>
       <c r="E709" s="1" t="s">
         <v>2523</v>
       </c>
       <c r="F709" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G709" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H709" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I709" s="1" t="s">
         <v>2524</v>
       </c>
     </row>
     <row r="710" spans="1:9">
       <c r="A710" s="1" t="s">
         <v>2525</v>
       </c>
       <c r="B710" s="1" t="s">
         <v>2526</v>
       </c>
       <c r="C710" s="1" t="s">
         <v>345</v>
       </c>
       <c r="D710" s="1">
         <v>2011</v>
       </c>
       <c r="E710" s="1" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="F710" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G710" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H710" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I710" s="1" t="s">
         <v>2527</v>
       </c>
     </row>
     <row r="711" spans="1:9">
       <c r="A711" s="1" t="s">
         <v>2528</v>
       </c>
       <c r="B711" s="1" t="s">
         <v>2529</v>
       </c>
       <c r="C711" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D711" s="1">
         <v>2021</v>
       </c>
       <c r="E711" s="1" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="F711" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G711" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H711" s="1" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="I711" s="1" t="s">
         <v>2530</v>
       </c>
     </row>
     <row r="712" spans="1:9">
       <c r="A712" s="1" t="s">
         <v>2531</v>
       </c>
       <c r="B712" s="1" t="s">
         <v>2532</v>
       </c>
       <c r="C712" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D712" s="1">
         <v>2024</v>
       </c>
       <c r="E712" s="1" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="F712" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G712" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H712" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I712" s="1" t="s">
         <v>2533</v>
       </c>
     </row>
     <row r="713" spans="1:9">
       <c r="A713" s="1" t="s">
         <v>2534</v>
       </c>
       <c r="B713" s="1" t="s">
         <v>2535</v>
       </c>
       <c r="C713" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D713" s="1">
@@ -29260,109 +29260,109 @@
       </c>
       <c r="G716" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H716" s="1" t="s">
         <v>60</v>
       </c>
       <c r="I716" s="1" t="s">
         <v>2546</v>
       </c>
     </row>
     <row r="717" spans="1:9">
       <c r="A717" s="1" t="s">
         <v>2547</v>
       </c>
       <c r="B717" s="1" t="s">
         <v>2548</v>
       </c>
       <c r="C717" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D717" s="1">
         <v>2020</v>
       </c>
       <c r="E717" s="1" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="F717" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G717" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H717" s="1" t="s">
         <v>97</v>
       </c>
       <c r="I717" s="1" t="s">
         <v>2549</v>
       </c>
     </row>
     <row r="718" spans="1:9">
       <c r="A718" s="1" t="s">
         <v>2550</v>
       </c>
       <c r="B718" s="1" t="s">
         <v>2551</v>
       </c>
       <c r="C718" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D718" s="1">
         <v>2014</v>
       </c>
       <c r="E718" s="1" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="F718" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G718" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H718" s="1" t="s">
         <v>60</v>
       </c>
       <c r="I718" s="1" t="s">
         <v>2552</v>
       </c>
     </row>
     <row r="719" spans="1:9">
       <c r="A719" s="1" t="s">
         <v>2553</v>
       </c>
       <c r="B719" s="1" t="s">
         <v>2554</v>
       </c>
       <c r="C719" s="1" t="s">
         <v>304</v>
       </c>
       <c r="D719" s="1">
         <v>2007</v>
       </c>
       <c r="E719" s="1" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="F719" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G719" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H719" s="1" t="s">
         <v>60</v>
       </c>
       <c r="I719" s="1" t="s">
         <v>2555</v>
       </c>
     </row>
     <row r="720" spans="1:9">
       <c r="A720" s="1" t="s">
         <v>2556</v>
       </c>
       <c r="B720" s="1" t="s">
         <v>2557</v>
       </c>
       <c r="C720" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D720" s="1">
@@ -29376,89 +29376,89 @@
       </c>
       <c r="G720" s="1" t="s">
         <v>27</v>
       </c>
       <c r="H720" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I720" s="1" t="s">
         <v>2559</v>
       </c>
     </row>
     <row r="721" spans="1:9">
       <c r="A721" s="1" t="s">
         <v>2560</v>
       </c>
       <c r="B721" s="1" t="s">
         <v>2561</v>
       </c>
       <c r="C721" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D721" s="1">
         <v>2008</v>
       </c>
       <c r="E721" s="1" t="s">
-        <v>2448</v>
+        <v>2447</v>
       </c>
       <c r="F721" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G721" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H721" s="1" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="I721" s="1" t="s">
         <v>2562</v>
       </c>
     </row>
     <row r="722" spans="1:9">
       <c r="A722" s="1" t="s">
         <v>2563</v>
       </c>
       <c r="B722" s="1" t="s">
         <v>2564</v>
       </c>
       <c r="C722" s="1" t="s">
         <v>545</v>
       </c>
       <c r="D722" s="1">
         <v>2007</v>
       </c>
       <c r="E722" s="1" t="s">
         <v>408</v>
       </c>
       <c r="F722" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G722" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H722" s="1" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="I722" s="1" t="s">
         <v>2565</v>
       </c>
     </row>
     <row r="723" spans="1:9">
       <c r="A723" s="1" t="s">
         <v>2566</v>
       </c>
       <c r="B723" s="1" t="s">
         <v>2567</v>
       </c>
       <c r="C723" s="1" t="s">
         <v>550</v>
       </c>
       <c r="D723" s="1">
         <v>2006</v>
       </c>
       <c r="E723" s="1" t="s">
         <v>243</v>
       </c>
       <c r="F723" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G723" s="1" t="s">
@@ -29591,153 +29591,153 @@
       <c r="A728" s="1" t="s">
         <v>2584</v>
       </c>
       <c r="B728" s="1" t="s">
         <v>2585</v>
       </c>
       <c r="C728" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D728" s="1">
         <v>2010</v>
       </c>
       <c r="E728" s="1" t="s">
         <v>190</v>
       </c>
       <c r="F728" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G728" s="1" t="s">
         <v>91</v>
       </c>
       <c r="H728" s="1" t="s">
         <v>127</v>
       </c>
       <c r="I728" s="1" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="729" spans="1:9">
       <c r="A729" s="1" t="s">
         <v>2586</v>
       </c>
       <c r="B729" s="1" t="s">
         <v>2587</v>
       </c>
       <c r="C729" s="1" t="s">
         <v>2588</v>
       </c>
       <c r="D729" s="1">
         <v>2000</v>
       </c>
       <c r="E729" s="1" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="F729" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="H729" s="1" t="s">
-        <v>2462</v>
+        <v>2461</v>
       </c>
       <c r="I729" s="1"/>
     </row>
     <row r="730" spans="1:9">
       <c r="A730" s="1" t="s">
         <v>2589</v>
       </c>
       <c r="B730" s="1" t="s">
         <v>2590</v>
       </c>
       <c r="C730" s="1" t="s">
         <v>2591</v>
       </c>
       <c r="D730" s="1">
         <v>2012</v>
       </c>
       <c r="E730" s="1" t="s">
         <v>154</v>
       </c>
       <c r="F730" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G730" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H730" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I730" s="1" t="s">
         <v>2592</v>
       </c>
     </row>
     <row r="731" spans="1:9">
       <c r="A731" s="1" t="s">
         <v>2593</v>
       </c>
       <c r="B731" s="1" t="s">
         <v>2594</v>
       </c>
       <c r="C731" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D731" s="1">
         <v>2000</v>
       </c>
       <c r="E731" s="1" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="F731" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G731" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H731" s="1" t="s">
         <v>300</v>
       </c>
       <c r="I731" s="1" t="s">
         <v>2595</v>
       </c>
     </row>
     <row r="732" spans="1:9">
       <c r="A732" s="1" t="s">
         <v>2596</v>
       </c>
       <c r="B732" s="1" t="s">
         <v>2597</v>
       </c>
       <c r="C732" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D732" s="1">
         <v>2003</v>
       </c>
       <c r="E732" s="1" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="F732" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G732" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H732" s="1" t="s">
         <v>300</v>
       </c>
       <c r="I732" s="1" t="s">
         <v>2598</v>
       </c>
     </row>
     <row r="733" spans="1:9">
       <c r="A733" s="1" t="s">
         <v>2599</v>
       </c>
       <c r="B733" s="1" t="s">
         <v>2600</v>
       </c>
       <c r="C733" s="1" t="s">
         <v>304</v>
       </c>
       <c r="D733" s="1">
@@ -29818,51 +29818,51 @@
       </c>
     </row>
     <row r="736" spans="1:9">
       <c r="A736" s="1" t="s">
         <v>2610</v>
       </c>
       <c r="B736" s="1" t="s">
         <v>2611</v>
       </c>
       <c r="C736" s="1" t="s">
         <v>470</v>
       </c>
       <c r="D736" s="1">
         <v>2023</v>
       </c>
       <c r="E736" s="1" t="s">
         <v>77</v>
       </c>
       <c r="F736" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G736" s="1" t="s">
         <v>78</v>
       </c>
       <c r="H736" s="1" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="I736" s="1" t="s">
         <v>2612</v>
       </c>
     </row>
     <row r="737" spans="1:9">
       <c r="A737" s="1" t="s">
         <v>2613</v>
       </c>
       <c r="B737" s="1" t="s">
         <v>2614</v>
       </c>
       <c r="C737" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D737" s="1">
         <v>1991</v>
       </c>
       <c r="E737" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F737" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G737" s="1" t="s">
@@ -29894,144 +29894,144 @@
       </c>
       <c r="G738" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H738" s="1" t="s">
         <v>2617</v>
       </c>
       <c r="I738" s="1" t="s">
         <v>2618</v>
       </c>
     </row>
     <row r="739" spans="1:9">
       <c r="A739" s="1" t="s">
         <v>2619</v>
       </c>
       <c r="B739" s="1" t="s">
         <v>2620</v>
       </c>
       <c r="C739" s="1" t="s">
         <v>2621</v>
       </c>
       <c r="D739" s="1">
         <v>2014</v>
       </c>
       <c r="E739" s="1" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="F739" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G739" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H739" s="1" t="s">
         <v>48</v>
       </c>
       <c r="I739" s="1" t="s">
         <v>2622</v>
       </c>
     </row>
     <row r="740" spans="1:9">
       <c r="A740" s="1" t="s">
         <v>2623</v>
       </c>
       <c r="B740" s="1" t="s">
         <v>2624</v>
       </c>
       <c r="C740" s="1" t="s">
         <v>254</v>
       </c>
       <c r="D740" s="1">
-        <v>2023</v>
+        <v>2000</v>
       </c>
       <c r="E740" s="1" t="s">
         <v>520</v>
       </c>
       <c r="F740" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G740" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H740" s="1" t="s">
-        <v>578</v>
+        <v>48</v>
       </c>
       <c r="I740" s="1" t="s">
         <v>2625</v>
       </c>
     </row>
     <row r="741" spans="1:9">
       <c r="A741" s="1" t="s">
         <v>2626</v>
       </c>
       <c r="B741" s="1" t="s">
-        <v>2212</v>
+        <v>2211</v>
       </c>
       <c r="C741" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D741" s="1">
         <v>2007</v>
       </c>
       <c r="E741" s="1" t="s">
         <v>566</v>
       </c>
       <c r="F741" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G741" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H741" s="1" t="s">
         <v>221</v>
       </c>
       <c r="I741" s="1" t="s">
         <v>2627</v>
       </c>
     </row>
     <row r="742" spans="1:9">
       <c r="A742" s="1" t="s">
         <v>2628</v>
       </c>
       <c r="B742" s="1" t="s">
         <v>2629</v>
       </c>
       <c r="C742" s="1" t="s">
         <v>371</v>
       </c>
       <c r="D742" s="1">
         <v>2018</v>
       </c>
       <c r="E742" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F742" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="H742" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I742" s="1"/>
     </row>
     <row r="743" spans="1:9">
       <c r="A743" s="1" t="s">
         <v>2630</v>
       </c>
       <c r="B743" s="1" t="s">
         <v>2631</v>
       </c>
       <c r="C743" s="1" t="s">
         <v>367</v>
       </c>
       <c r="D743" s="1">
         <v>2008</v>
       </c>
       <c r="E743" s="1" t="s">
         <v>190</v>
       </c>
       <c r="F743" s="1" t="s">
         <v>13</v>
       </c>
@@ -30095,74 +30095,74 @@
       </c>
       <c r="G745" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H745" s="1" t="s">
         <v>155</v>
       </c>
       <c r="I745" s="1" t="s">
         <v>2639</v>
       </c>
     </row>
     <row r="746" spans="1:9">
       <c r="A746" s="1" t="s">
         <v>2640</v>
       </c>
       <c r="B746" s="1" t="s">
         <v>2641</v>
       </c>
       <c r="C746" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D746" s="1">
         <v>2010</v>
       </c>
       <c r="E746" s="1" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="F746" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G746" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H746" s="1" t="s">
         <v>118</v>
       </c>
       <c r="I746" s="1" t="s">
         <v>2642</v>
       </c>
     </row>
     <row r="747" spans="1:9">
       <c r="A747" s="1" t="s">
         <v>2643</v>
       </c>
       <c r="B747" s="1" t="s">
         <v>2644</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="D747" s="1">
         <v>2023</v>
       </c>
       <c r="E747" s="1" t="s">
         <v>577</v>
       </c>
       <c r="F747" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G747" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H747" s="1" t="s">
         <v>21</v>
       </c>
       <c r="I747" s="1" t="s">
         <v>2645</v>
       </c>
     </row>
     <row r="748" spans="1:9">
       <c r="A748" s="1" t="s">
         <v>2646</v>
       </c>
       <c r="B748" s="1" t="s">
@@ -30177,112 +30177,112 @@
       <c r="E748" s="1" t="s">
         <v>90</v>
       </c>
       <c r="F748" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G748" s="1" t="s">
         <v>195</v>
       </c>
       <c r="H748" s="1" t="s">
         <v>118</v>
       </c>
       <c r="I748" s="1"/>
     </row>
     <row r="749" spans="1:9">
       <c r="A749" s="1" t="s">
         <v>2648</v>
       </c>
       <c r="B749" s="1" t="s">
         <v>2649</v>
       </c>
       <c r="C749" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D749" s="1">
-        <v>2013</v>
+        <v>2026</v>
       </c>
       <c r="E749" s="1" t="s">
         <v>225</v>
       </c>
       <c r="F749" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G749" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H749" s="1" t="s">
-        <v>97</v>
+        <v>28</v>
       </c>
       <c r="I749" s="1" t="s">
         <v>2650</v>
       </c>
     </row>
     <row r="750" spans="1:9">
       <c r="A750" s="1" t="s">
         <v>2651</v>
       </c>
       <c r="B750" s="1" t="s">
         <v>2652</v>
       </c>
       <c r="C750" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D750" s="1">
         <v>2003</v>
       </c>
       <c r="E750" s="1" t="s">
-        <v>723</v>
+        <v>608</v>
       </c>
       <c r="F750" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G750" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H750" s="1" t="s">
         <v>97</v>
       </c>
       <c r="I750" s="1" t="s">
         <v>2653</v>
       </c>
     </row>
     <row r="751" spans="1:9">
       <c r="A751" s="1" t="s">
         <v>2654</v>
       </c>
       <c r="B751" s="1" t="s">
         <v>2655</v>
       </c>
       <c r="C751" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D751" s="1">
         <v>2020</v>
       </c>
       <c r="E751" s="1" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="F751" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G751" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H751" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I751" s="1" t="s">
         <v>2656</v>
       </c>
     </row>
     <row r="752" spans="1:9">
       <c r="A752" s="1" t="s">
         <v>2657</v>
       </c>
       <c r="B752" s="1" t="s">
         <v>2658</v>
       </c>
       <c r="C752" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D752" s="1">
@@ -30325,51 +30325,51 @@
       </c>
       <c r="G753" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H753" s="1" t="s">
         <v>113</v>
       </c>
       <c r="I753" s="1" t="s">
         <v>2663</v>
       </c>
     </row>
     <row r="754" spans="1:9">
       <c r="A754" s="1" t="s">
         <v>2664</v>
       </c>
       <c r="B754" s="1" t="s">
         <v>2665</v>
       </c>
       <c r="C754" s="1" t="s">
         <v>451</v>
       </c>
       <c r="D754" s="1">
         <v>2008</v>
       </c>
       <c r="E754" s="1" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="F754" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G754" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H754" s="1" t="s">
         <v>508</v>
       </c>
       <c r="I754" s="1" t="s">
         <v>2666</v>
       </c>
     </row>
     <row r="755" spans="1:9">
       <c r="A755" s="1" t="s">
         <v>2667</v>
       </c>
       <c r="B755" s="1" t="s">
         <v>2668</v>
       </c>
       <c r="C755" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D755" s="1">