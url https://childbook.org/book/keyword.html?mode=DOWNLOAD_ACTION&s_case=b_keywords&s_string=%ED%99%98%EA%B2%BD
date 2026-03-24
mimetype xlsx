--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="검색결과" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="515">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="527">
   <si>
     <t>책이름</t>
   </si>
   <si>
     <t>지은이</t>
   </si>
   <si>
     <t>출판사</t>
   </si>
   <si>
     <t>출판년도</t>
   </si>
   <si>
     <t>쪽수</t>
   </si>
   <si>
     <t>연령</t>
   </si>
   <si>
     <t>갈래</t>
   </si>
   <si>
     <t>가격</t>
   </si>
   <si>
@@ -647,50 +647,68 @@
   <si>
     <t>나무를심는사람들</t>
   </si>
   <si>
     <t>304쪽</t>
   </si>
   <si>
     <t>SF, 전염병, 독재자, 환경난민, 숲속공동체, 연대</t>
   </si>
   <si>
     <t>리페어 컬쳐 - 쓰고 버리는 시대, 잃어버린 것들을 회복하는 삶</t>
   </si>
   <si>
     <t>볼프강 M. 헤클 글｜조연주 옮김</t>
   </si>
   <si>
     <t>252쪽</t>
   </si>
   <si>
     <t>교사·학부모</t>
   </si>
   <si>
     <t>환경, 재활용, 재생, 인문, 교양</t>
   </si>
   <si>
+    <t>마이티 오!</t>
+  </si>
+  <si>
+    <t>제시카 스티머 글｜고디 라이트 그림｜박규리 옮김</t>
+  </si>
+  <si>
+    <t>위즈덤하우스</t>
+  </si>
+  <si>
+    <t>38쪽</t>
+  </si>
+  <si>
+    <t>17,500원</t>
+  </si>
+  <si>
+    <t>환경, 그림책, 항공모함, 인공어초, 산호초</t>
+  </si>
+  <si>
     <t>마지막 섬</t>
   </si>
   <si>
     <t>이지현 글, 그림</t>
   </si>
   <si>
     <t>48쪽</t>
   </si>
   <si>
     <t>환경, 기후변화, 온난화, 공존, 글없는그림책</t>
   </si>
   <si>
     <t>마지막 지도 제작자</t>
   </si>
   <si>
     <t>크리스티나 순톤밧 글┃천미나 옮김</t>
   </si>
   <si>
     <t>책읽는곰</t>
   </si>
   <si>
     <t>376쪽</t>
   </si>
   <si>
     <t>탐험, 명장, 항해, 섬(지형), 배(탈것), 영토 확장, 환경, 판타지</t>
@@ -926,84 +944,78 @@
   <si>
     <t>자전에세이, 생태숲, 기후위기, 나무사랑, 환경교육</t>
   </si>
   <si>
     <t>소년, 갯벌에서 길을 묻다 - 새만금 바닷길 걷기 7년의 기억</t>
   </si>
   <si>
     <t>윤현석 글</t>
   </si>
   <si>
     <t>뜨인돌</t>
   </si>
   <si>
     <t>환경, 갯벌, 새만금, 생태, 관찰, 탐사</t>
   </si>
   <si>
     <t>숲의 사나이 소바즈</t>
   </si>
   <si>
     <t>제니퍼 달랭플 글, 그림 | 이경혜 옮김</t>
   </si>
   <si>
     <t>주니어파랑새</t>
   </si>
   <si>
-    <t>38쪽</t>
-[...1 lines deleted...]
-  <si>
     <t>아빠, 이야기, 형제, 자연, 보존, 환경</t>
   </si>
   <si>
     <t>시금치가 울고 있어요</t>
   </si>
   <si>
     <t>카마타 미노루 글 | 하세가와 요시후미 그림 | 엄혜숙 옮김</t>
   </si>
   <si>
     <t>푸른숲주니어</t>
   </si>
   <si>
     <t>먹거리, 방사능, 환경오염, 대조</t>
   </si>
   <si>
     <t>시화호의 기적</t>
   </si>
   <si>
     <t>김정희 글 │ 윤정미 그림</t>
   </si>
   <si>
     <t>어섬, 국토 개발, 환경오염, 시화호 복원, 갯벌 생태, 보존</t>
   </si>
   <si>
     <t>쓰레기는 쓰레기가 아니다</t>
   </si>
   <si>
     <t>게르다 라이트 글, 그림 | 서지희 옮김</t>
-  </si>
-[...1 lines deleted...]
-    <t>위즈덤하우스</t>
   </si>
   <si>
     <t>96쪽</t>
   </si>
   <si>
     <t>환경, 쓰레기의 역사, 재활용</t>
   </si>
   <si>
     <t>씨앗을 지키는 사람들</t>
   </si>
   <si>
     <t>안미란 글 | 윤정주 그림</t>
   </si>
   <si>
     <t>SF, 통일, 생명공학, 유전자조작
 목록속목록:환경</t>
   </si>
   <si>
     <t>아기물개를 바다로 보내주세요</t>
   </si>
   <si>
     <t>마리 홀 에츠 글, 그림 | 이선오 옮김</t>
   </si>
   <si>
     <t>미래아이</t>
@@ -1235,50 +1247,62 @@
   <si>
     <t>허은실 글 | 박정섭 그림</t>
   </si>
   <si>
     <t>환경, 식품, 가공식품</t>
   </si>
   <si>
     <t>저기요, 이제 그만해요!</t>
   </si>
   <si>
     <t>다비드 칼리 글 | 줄리아 파스토리노 그림 |  엄혜숙 옮김</t>
   </si>
   <si>
     <t>쓰레기, 재활용, 환경, 수집, 유머</t>
   </si>
   <si>
     <t>점과 선과 새</t>
   </si>
   <si>
     <t>조오 글, 그림</t>
   </si>
   <si>
     <t>환경, 유리창, 빌딩, 상상, 생명, 소망, 희망, 공존</t>
   </si>
   <si>
+    <t>제비야, 왜 사람이 좋아?</t>
+  </si>
+  <si>
+    <t>정다미 글｜이장미 그림</t>
+  </si>
+  <si>
+    <t>모알보알</t>
+  </si>
+  <si>
+    <t>동물, 관찰, 생태, 환경, 분포</t>
+  </si>
+  <si>
     <t>지구가 깨졌다!</t>
   </si>
   <si>
     <t>구니히로 가즈키 글┃다시마 세이조 그림┃유하나 옮김</t>
   </si>
   <si>
     <t>곰세마리</t>
   </si>
   <si>
     <t>악어, 동물, 소동, 환경</t>
   </si>
   <si>
     <t>지구를 구한 꿈틀이사우루스</t>
   </si>
   <si>
     <t>캐런 트래포드 글 | 제이드 오클리 그림 | 이루리 옮김</t>
   </si>
   <si>
     <t>현암사</t>
   </si>
   <si>
     <t>9,800원</t>
   </si>
   <si>
     <t>지렁이, 환경</t>
@@ -1381,50 +1405,65 @@
     <t>북극, 펭귄, 환경, 유머, 세계, 여행
 목록속목록:환경</t>
   </si>
   <si>
     <t>찬란한 여행</t>
   </si>
   <si>
     <t>달그림</t>
   </si>
   <si>
     <t>19,000원</t>
   </si>
   <si>
     <t>환경, 경고, 페트병, 미세플라스틱, 반어법</t>
   </si>
   <si>
     <t>처음 해 보는 엄마 -아이를 알아 가는 그 기쁨과 버거움 사이에서</t>
   </si>
   <si>
     <t>김구민 글</t>
   </si>
   <si>
     <t>육아, 아토피, 환경, 에세이, 교육</t>
   </si>
   <si>
+    <t>최후의 바키타</t>
+  </si>
+  <si>
+    <t>위고 클레망 글｜도미니크 메르무, 뱅상 라발레크 그림｜이세진 옮김｜남종영 해제</t>
+  </si>
+  <si>
+    <t>메멘토</t>
+  </si>
+  <si>
+    <t>19,800원</t>
+  </si>
+  <si>
+    <t>환경, 만화, 불법어획, 밀집사육, 멸종위기, 토토아바</t>
+  </si>
+  <si>
     <t>캡틴 쿠스토 - 생명의 바다를 기록한 최초의 해저 탐험가</t>
   </si>
   <si>
     <t>제니퍼 번 글 ㅣ에릭 퓌바레 그림  ㅣ유범한 옮김</t>
   </si>
   <si>
     <t>42쪽</t>
   </si>
   <si>
     <t>12,800원</t>
   </si>
   <si>
     <t>인물, 그림책, 수중호흡기, 스쿠버, 수중카메라, 환경운동가, 침묵의 세계, 도전</t>
   </si>
   <si>
     <t>코끼리와 숲과 감자칩</t>
   </si>
   <si>
     <t>요코쓰카 마코토 글, 사진 | 고향옥 옮김</t>
   </si>
   <si>
     <t>사진, 코끼리, 숲, 감자칩, 생태계, 팜유, 환경, 그림책, 보르네오섬</t>
   </si>
   <si>
     <t>태어납니다 사라집니다</t>
@@ -1443,53 +1482,50 @@
     <t>터널</t>
   </si>
   <si>
     <t>헤게 시리 글 | 마리 칸스타 욘센 그림 | 이유진 옮김</t>
   </si>
   <si>
     <t>책빛</t>
   </si>
   <si>
     <t>환경, 토끼, 로드킬, 공존, 생명, 사랑</t>
   </si>
   <si>
     <t>투발루에게 수영을 가르칠 걸 그랬어!</t>
   </si>
   <si>
     <t>유다정 글 | 박재현 그림</t>
   </si>
   <si>
     <t>그림책, 환경, 지구온난화, 투발루, 해수면상승</t>
   </si>
   <si>
     <t>패션, 세계를 만나다</t>
   </si>
   <si>
     <t>정해영 글, 그림</t>
-  </si>
-[...1 lines deleted...]
-    <t>19,800원</t>
   </si>
   <si>
     <t>세계 민속 의상, 인류 문화, 지리 환경</t>
   </si>
   <si>
     <t>풀친구</t>
   </si>
   <si>
     <t>사이다 글, 그림</t>
   </si>
   <si>
     <t>환경, 잔디, 자연, 반전, 곤충</t>
   </si>
   <si>
     <t>퓨처 걸</t>
   </si>
   <si>
     <t>아스피시아 글, 그림 | 이주영 옮김</t>
   </si>
   <si>
     <t>한울림스페셜</t>
   </si>
   <si>
     <t>384쪽</t>
   </si>
@@ -1916,51 +1952,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I116"/>
+  <dimension ref="A1:I119"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="100" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -3074,2256 +3110,2343 @@
       </c>
       <c r="E39" s="1" t="s">
         <v>207</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>208</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>208</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>79</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1" t="s">
         <v>210</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>211</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>100</v>
+        <v>212</v>
       </c>
       <c r="D40" s="1">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>64</v>
+        <v>214</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>216</v>
+        <v>100</v>
       </c>
       <c r="D41" s="1">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>113</v>
+        <v>22</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>169</v>
+        <v>64</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D42" s="1">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>212</v>
+        <v>223</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>127</v>
+        <v>35</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>22</v>
+        <v>113</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>50</v>
+        <v>169</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D43" s="1">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>122</v>
+        <v>218</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>226</v>
+        <v>22</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>124</v>
+        <v>228</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D44" s="1">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>230</v>
+        <v>122</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>63</v>
+        <v>232</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>64</v>
+        <v>108</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>231</v>
+        <v>124</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>33</v>
+        <v>235</v>
       </c>
       <c r="D45" s="1">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>123</v>
+        <v>63</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>64</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>238</v>
+        <v>33</v>
       </c>
       <c r="D46" s="1">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>203</v>
+        <v>240</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>14</v>
+        <v>123</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D47" s="1">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>49</v>
+        <v>203</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>127</v>
+        <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>186</v>
+        <v>248</v>
       </c>
       <c r="D48" s="1">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>246</v>
+        <v>49</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>35</v>
+        <v>127</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>247</v>
+        <v>64</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>11</v>
+        <v>186</v>
       </c>
       <c r="D49" s="1">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>79</v>
+        <v>253</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>255</v>
+        <v>11</v>
       </c>
       <c r="D50" s="1">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>178</v>
+        <v>257</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H50" s="1" t="s">
         <v>79</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>11</v>
+        <v>261</v>
       </c>
       <c r="D51" s="1">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>28</v>
+        <v>178</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="1" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
       <c r="D52" s="1">
-        <v>2023</v>
+        <v>2015</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>262</v>
+        <v>28</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>266</v>
+        <v>100</v>
       </c>
       <c r="D53" s="1">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>268</v>
+        <v>64</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>271</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>272</v>
       </c>
       <c r="D54" s="1">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>273</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>64</v>
+        <v>274</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D55" s="1">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>35</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>268</v>
+        <v>64</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D56" s="1">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>49</v>
+        <v>284</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>37</v>
+        <v>274</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>112</v>
+        <v>288</v>
       </c>
       <c r="D57" s="1">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>159</v>
+        <v>49</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>286</v>
+        <v>37</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="D58" s="1">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>108</v>
+        <v>292</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>293</v>
+        <v>106</v>
       </c>
       <c r="D59" s="1">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>294</v>
+        <v>198</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>208</v>
+        <v>13</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>208</v>
+        <v>63</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>286</v>
+        <v>108</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D60" s="1">
-        <v>2011</v>
+        <v>2024</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>78</v>
+        <v>300</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>13</v>
+        <v>208</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>14</v>
+        <v>208</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>64</v>
+        <v>292</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D61" s="1">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>303</v>
+        <v>78</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D62" s="1">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>49</v>
+        <v>213</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>108</v>
+        <v>15</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>33</v>
+        <v>312</v>
       </c>
       <c r="D63" s="1">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>212</v>
+        <v>49</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>35</v>
+        <v>127</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>64</v>
+        <v>108</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>314</v>
+        <v>33</v>
       </c>
       <c r="D64" s="1">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>315</v>
+        <v>218</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="1" t="s">
         <v>317</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>318</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>100</v>
+        <v>212</v>
       </c>
       <c r="D65" s="1">
-        <v>2001</v>
+        <v>2019</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>273</v>
+        <v>319</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>187</v>
+        <v>14</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>322</v>
+        <v>100</v>
       </c>
       <c r="D66" s="1">
-        <v>2007</v>
+        <v>2001</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>20</v>
+        <v>279</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>22</v>
+        <v>187</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>247</v>
+        <v>15</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="1" t="s">
         <v>324</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>325</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>112</v>
+        <v>326</v>
       </c>
       <c r="D67" s="1">
-        <v>1995</v>
+        <v>2007</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>212</v>
+        <v>20</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>326</v>
+        <v>43</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>29</v>
+        <v>253</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="1" t="s">
         <v>328</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>329</v>
       </c>
       <c r="C68" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D68" s="1">
+        <v>1995</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="F68" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="D68" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="G68" s="1" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>333</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>334</v>
       </c>
       <c r="D69" s="1">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="E69" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H69" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>335</v>
-      </c>
-[...10 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="B70" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="C70" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="C70" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D70" s="1">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>339</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>63</v>
+        <v>192</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="1" t="s">
         <v>341</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>342</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>11</v>
+        <v>144</v>
       </c>
       <c r="D71" s="1">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>246</v>
+        <v>343</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>343</v>
+        <v>43</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>208</v>
+        <v>63</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>79</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="1" t="s">
         <v>345</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>346</v>
       </c>
       <c r="C72" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D72" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E72" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="F72" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="D72" s="1">
-[...2 lines deleted...]
-      <c r="E72" s="1" t="s">
+      <c r="G72" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="H72" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="I72" s="1" t="s">
         <v>348</v>
-      </c>
-[...10 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D73" s="1">
+        <v>2016</v>
+      </c>
+      <c r="E73" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="F73" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="H73" s="1" t="s">
         <v>354</v>
-      </c>
-[...13 lines deleted...]
-        <v>37</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="1" t="s">
         <v>356</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>357</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>73</v>
+        <v>358</v>
       </c>
       <c r="D74" s="1">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>358</v>
+        <v>107</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="1" t="s">
         <v>360</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>361</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D75" s="1">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>362</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="1" t="s">
         <v>364</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>365</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>347</v>
+        <v>73</v>
       </c>
       <c r="D76" s="1">
         <v>2012</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>212</v>
+        <v>366</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>366</v>
+        <v>14</v>
       </c>
       <c r="H76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I76" s="1" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="B77" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="B77" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="1" t="s">
-        <v>371</v>
+        <v>351</v>
       </c>
       <c r="D77" s="1">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>49</v>
+        <v>218</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>43</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>22</v>
+        <v>370</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="1" t="s">
         <v>373</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>374</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>164</v>
+        <v>375</v>
       </c>
       <c r="D78" s="1">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>212</v>
+        <v>49</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>375</v>
+        <v>15</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="1" t="s">
         <v>377</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C79" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D79" s="1">
+        <v>2009</v>
+      </c>
+      <c r="E79" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79" s="1" t="s">
         <v>379</v>
-      </c>
-[...13 lines deleted...]
-        <v>247</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="1" t="s">
         <v>381</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>382</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>383</v>
       </c>
       <c r="D80" s="1">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>14</v>
+        <v>113</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>15</v>
+        <v>253</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="1" t="s">
         <v>385</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>386</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>314</v>
+        <v>387</v>
       </c>
       <c r="D81" s="1">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>169</v>
+        <v>15</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>390</v>
+        <v>212</v>
       </c>
       <c r="D82" s="1">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>234</v>
+        <v>49</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>268</v>
+        <v>169</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="1" t="s">
         <v>392</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>393</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>100</v>
+        <v>394</v>
       </c>
       <c r="D83" s="1">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>394</v>
+        <v>240</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>29</v>
+        <v>274</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1" t="s">
         <v>396</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>397</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>100</v>
       </c>
       <c r="D84" s="1">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>159</v>
+        <v>398</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="D85" s="1">
-        <v>2023</v>
+        <v>2010</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>20</v>
+        <v>159</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>127</v>
+        <v>21</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>100</v>
+        <v>27</v>
       </c>
       <c r="D86" s="1">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>159</v>
+        <v>20</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>21</v>
+        <v>127</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>407</v>
+        <v>100</v>
       </c>
       <c r="D87" s="1">
         <v>2024</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>20</v>
+        <v>159</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>127</v>
+        <v>21</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="1" t="s">
         <v>409</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>410</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D88" s="1">
-        <v>2003</v>
+        <v>2025</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>145</v>
+        <v>352</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>43</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="H88" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="I88" s="1" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="B89" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="C89" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="C89" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D89" s="1">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>417</v>
+        <v>20</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H89" s="1" t="s">
         <v>29</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="D90" s="1">
+        <v>2003</v>
+      </c>
+      <c r="E90" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H90" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="C90" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E90" s="1" t="s">
+      <c r="I90" s="1" t="s">
         <v>421</v>
-      </c>
-[...10 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="B91" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="C91" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="C91" s="1" t="s">
+      <c r="D91" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E91" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="D91" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F91" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="B92" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="C92" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D92" s="1">
+        <v>2022</v>
+      </c>
+      <c r="E92" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="C92" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E92" s="1" t="s">
+      <c r="F92" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H92" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="I92" s="1" t="s">
         <v>430</v>
-      </c>
-[...10 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="B93" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="C93" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="C93" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D93" s="1">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>434</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="1" t="s">
         <v>436</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>437</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>112</v>
+        <v>433</v>
       </c>
       <c r="D94" s="1">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>315</v>
+        <v>438</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>35</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>146</v>
+        <v>15</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>61</v>
+        <v>433</v>
       </c>
       <c r="D95" s="1">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H95" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>48</v>
+        <v>112</v>
       </c>
       <c r="D96" s="1">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>49</v>
+        <v>319</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>127</v>
+        <v>35</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>29</v>
+        <v>146</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>220</v>
+        <v>448</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>447</v>
+        <v>61</v>
       </c>
       <c r="D97" s="1">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>212</v>
+        <v>449</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>448</v>
+        <v>15</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="D98" s="1">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>294</v>
+        <v>49</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>208</v>
+        <v>127</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>208</v>
+        <v>22</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>454</v>
+        <v>226</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>347</v>
+        <v>455</v>
       </c>
       <c r="D99" s="1">
-        <v>2010</v>
+        <v>2023</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>455</v>
+        <v>218</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>366</v>
+        <v>22</v>
       </c>
       <c r="H99" s="1" t="s">
         <v>456</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="1" t="s">
         <v>458</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>459</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>383</v>
+        <v>73</v>
       </c>
       <c r="D100" s="1">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>43</v>
+        <v>208</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>14</v>
+        <v>208</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="1" t="s">
         <v>461</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>462</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>463</v>
       </c>
       <c r="D101" s="1">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>49</v>
+        <v>268</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>79</v>
+        <v>464</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>467</v>
+        <v>351</v>
       </c>
       <c r="D102" s="1">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>49</v>
+        <v>468</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>22</v>
+        <v>370</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>15</v>
+        <v>469</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>322</v>
+        <v>387</v>
       </c>
       <c r="D103" s="1">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>49</v>
+        <v>213</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>100</v>
+        <v>476</v>
       </c>
       <c r="D104" s="1">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>421</v>
+        <v>49</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>474</v>
+        <v>79</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>106</v>
+        <v>480</v>
       </c>
       <c r="D105" s="1">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>127</v>
+        <v>13</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="1" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>481</v>
+        <v>326</v>
       </c>
       <c r="D106" s="1">
-        <v>2021</v>
+        <v>2008</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>482</v>
+        <v>49</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>56</v>
+        <v>21</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>123</v>
+        <v>14</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>146</v>
+        <v>29</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="D107" s="1">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>107</v>
+        <v>429</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>102</v>
+        <v>464</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>33</v>
+        <v>106</v>
       </c>
       <c r="D108" s="1">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>21</v>
+        <v>127</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D109" s="1">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>49</v>
+        <v>494</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>102</v>
+        <v>146</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="1" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>496</v>
+        <v>106</v>
       </c>
       <c r="D110" s="1">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>49</v>
+        <v>107</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H110" s="1" t="s">
         <v>102</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>467</v>
+        <v>33</v>
       </c>
       <c r="D111" s="1">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>61</v>
+        <v>504</v>
       </c>
       <c r="D112" s="1">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>503</v>
+        <v>49</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>64</v>
+        <v>102</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>33</v>
+        <v>508</v>
       </c>
       <c r="D113" s="1">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>91</v>
+        <v>49</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>37</v>
+        <v>102</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>510</v>
+        <v>480</v>
       </c>
       <c r="D114" s="1">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>102</v>
+        <v>79</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>425</v>
+        <v>61</v>
       </c>
       <c r="D115" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E115" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H115" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="I115" s="1" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9">
+      <c r="A116" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D116" s="1">
         <v>2017</v>
       </c>
-      <c r="E115" s="1" t="s">
+      <c r="E116" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H116" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I116" s="1" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9">
+      <c r="A117" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D117" s="1">
+        <v>2016</v>
+      </c>
+      <c r="E117" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="I117" s="1" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9">
+      <c r="A118" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="D118" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E118" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="F115" s="1" t="s">
+      <c r="F118" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="G115" s="1" t="s">
+      <c r="G118" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="H115" s="1" t="s">
+      <c r="H118" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="I115" s="1" t="s">
-[...12 lines deleted...]
-      <c r="I116" s="1"/>
+      <c r="I118" s="1" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9">
+      <c r="A119" s="1"/>
+      <c r="B119" s="1"/>
+      <c r="C119" s="1"/>
+      <c r="D119" s="1"/>
+      <c r="E119" s="1"/>
+      <c r="F119" s="1"/>
+      <c r="G119" s="1"/>
+      <c r="H119" s="1"/>
+      <c r="I119" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>