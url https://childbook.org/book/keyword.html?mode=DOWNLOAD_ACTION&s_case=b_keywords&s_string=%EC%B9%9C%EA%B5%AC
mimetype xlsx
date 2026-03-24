--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="검색결과" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="978">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1051">
   <si>
     <t>책이름</t>
   </si>
   <si>
     <t>지은이</t>
   </si>
   <si>
     <t>출판사</t>
   </si>
   <si>
     <t>출판년도</t>
   </si>
   <si>
     <t>쪽수</t>
   </si>
   <si>
     <t>연령</t>
   </si>
   <si>
     <t>갈래</t>
   </si>
   <si>
     <t>가격</t>
   </si>
   <si>
@@ -65,102 +65,117 @@
   <si>
     <t>1964년 여름</t>
   </si>
   <si>
     <t>데버러 와일즈 글 | 제롬 리가히그 그림 | 김미련 옮김</t>
   </si>
   <si>
     <t>느림보</t>
   </si>
   <si>
     <t>32쪽</t>
   </si>
   <si>
     <t>9세부터</t>
   </si>
   <si>
     <t>그림책</t>
   </si>
   <si>
     <t>13,000원</t>
   </si>
   <si>
     <t>친구, 우정, 수영장, 인종차별, 평등</t>
   </si>
   <si>
+    <t>4x4의 세계</t>
+  </si>
+  <si>
+    <t>조우리 글｜노인경 그림</t>
+  </si>
+  <si>
+    <t>창비</t>
+  </si>
+  <si>
+    <t>140쪽</t>
+  </si>
+  <si>
+    <t>우리동화</t>
+  </si>
+  <si>
+    <t>13,800원</t>
+  </si>
+  <si>
+    <t>병원, 메모, 지렁이, 도서관, 빙고게임, 책, 간병인, 재활치료, 장기입원, 할아버지, 친구, 희망</t>
+  </si>
+  <si>
     <t>가끔은 혼자가 좋아</t>
   </si>
   <si>
     <t>에이미 헤스트 글 | 필립 C. 스테드 그림 | 김선희 옮김</t>
   </si>
   <si>
     <t>한빛에듀</t>
   </si>
   <si>
     <t>40쪽</t>
   </si>
   <si>
     <t>7세부터</t>
   </si>
   <si>
     <t>16,000원</t>
   </si>
   <si>
     <t>사계절, 놀이, 반복, 친구,</t>
   </si>
   <si>
     <t>감당 못 할 전학생</t>
   </si>
   <si>
     <t>심순 글┃하수정 그림</t>
   </si>
   <si>
     <t>마음이음</t>
   </si>
   <si>
     <t>176쪽</t>
   </si>
   <si>
     <t>11세부터</t>
   </si>
   <si>
-    <t>우리동화</t>
-[...1 lines deleted...]
-  <si>
     <t>13,500원</t>
   </si>
   <si>
     <t>질투, 무리, 학교, 소외, 친구관계</t>
   </si>
   <si>
     <t>강아지와 염소 새끼</t>
   </si>
   <si>
     <t>권정생 시 | 김병하 그림</t>
-  </si>
-[...1 lines deleted...]
-    <t>창비</t>
   </si>
   <si>
     <t>48쪽</t>
   </si>
   <si>
     <t>3세부터</t>
   </si>
   <si>
     <t>12,000원</t>
   </si>
   <si>
     <t>친구, 놀이, 동심, 시그림책</t>
   </si>
   <si>
     <t>거인 부벨라와 지렁이 친구</t>
   </si>
   <si>
     <t>조 프리드먼 글 | 샘 차일즈 그림 | 지혜연 옮김</t>
   </si>
   <si>
     <t>주니어RHK</t>
   </si>
   <si>
     <t>104쪽</t>
   </si>
@@ -411,50 +426,65 @@
   <si>
     <t>13세부터</t>
   </si>
   <si>
     <t>청소년소설</t>
   </si>
   <si>
     <t>알츠하이머, 엄마, 버킷리스트, 바다, 친구</t>
   </si>
   <si>
     <t>길 위의 소년</t>
   </si>
   <si>
     <t>페터 헤르틀링 글 | 페터 크노르 그림 | 문성원 옮김</t>
   </si>
   <si>
     <t>한길</t>
   </si>
   <si>
     <t>208쪽</t>
   </si>
   <si>
     <t>가정,폭력,가출,노숙,친구</t>
   </si>
   <si>
+    <t>김꼬똥, 나야 김단우야</t>
+  </si>
+  <si>
+    <t>지안 글｜이주희 그림</t>
+  </si>
+  <si>
+    <t>위즈덤하우스</t>
+  </si>
+  <si>
+    <t>92쪽</t>
+  </si>
+  <si>
+    <t>반려견, 훈련, 갈등, 휴가, 친구, 산책, 질투</t>
+  </si>
+  <si>
     <t>꼬마 곰 코듀로이</t>
   </si>
   <si>
     <t>돈 프리먼 글, 그림│조은수 옮김</t>
   </si>
   <si>
     <t>친구, 장난감</t>
   </si>
   <si>
     <t>꼬마 너구리 삼총사</t>
   </si>
   <si>
     <t>이반디 글 | 홍선주 그림</t>
   </si>
   <si>
     <t>96쪽</t>
   </si>
   <si>
     <t>단편, 모험, 숲, 도토리, 외모, 친구
 2023동화동무씨동무, 2013동화동무씨동무, 목록속목록:길</t>
   </si>
   <si>
     <t>꼬마 비버와 메아리</t>
   </si>
   <si>
@@ -529,50 +559,65 @@
   <si>
     <t>친구, 개구리, 감정, 수영</t>
   </si>
   <si>
     <t>나는 보이지 않아요</t>
   </si>
   <si>
     <t>안나 플라트 글│리 쇠데르베리 그림│권지현 옮김</t>
   </si>
   <si>
     <t>씨드북</t>
   </si>
   <si>
     <t>존재감, 친구, 관계</t>
   </si>
   <si>
     <t>나랑 같이 놀자</t>
   </si>
   <si>
     <t>마리 홀 에츠 글, 그림│ 양은영 옮김</t>
   </si>
   <si>
     <t>아이, 자연, 친구, 숲</t>
   </si>
   <si>
+    <t>나무.테이블.책.</t>
+  </si>
+  <si>
+    <t>로이스 로리 글｜정회성 옮김</t>
+  </si>
+  <si>
+    <t>봄소풍</t>
+  </si>
+  <si>
+    <t>196쪽</t>
+  </si>
+  <si>
+    <t>할머니, 치매, 단어, 우정, 이웃, 기억력, 친구, 이야기, 이별</t>
+  </si>
+  <si>
     <t>나뭇잎이 달아나요</t>
   </si>
   <si>
     <t>올레 쾨네케 글, 그림│임정은 옮김</t>
   </si>
   <si>
     <t>44쪽</t>
   </si>
   <si>
     <t>친구, 놀이, 가을, 유머</t>
   </si>
   <si>
     <t>나야 나 나야 나</t>
   </si>
   <si>
     <t>기쿠치 치키 글, 그림┃황진희 옮김</t>
   </si>
   <si>
     <t>책빛</t>
   </si>
   <si>
     <t>표범, 사자, 놀이, 친구, 노랑, 빨강, 일상, 자랑</t>
   </si>
   <si>
     <t>나의, 블루보리 왕자</t>
@@ -602,51 +647,51 @@
   <si>
     <t>6,000원</t>
   </si>
   <si>
     <t>말놀이, 기린, 친구, 새(동물)</t>
   </si>
   <si>
     <t>난 커다란 털북숭이 곰이다</t>
   </si>
   <si>
     <t>야노쉬 글, 그림│조경수 옮김</t>
   </si>
   <si>
     <t>상상, 운전, 자동차, 힘(물리학), 친구</t>
   </si>
   <si>
     <t>내 거야!</t>
   </si>
   <si>
     <t>정순희 글, 그림</t>
   </si>
   <si>
     <t>0세부터</t>
   </si>
   <si>
-    <t>친구, 놀이, 장난감, 소유</t>
+    <t>친구, 놀이, 장난감, 소유, 보드북</t>
   </si>
   <si>
     <t>내 꿈은 토끼</t>
   </si>
   <si>
     <t>임태희 글 | 양경희 그림</t>
   </si>
   <si>
     <t>200쪽</t>
   </si>
   <si>
     <t>단편집, 환상, 문제집, 친구, 교실, 갈등</t>
   </si>
   <si>
     <t>내 딱지 얘기를 하자면</t>
   </si>
   <si>
     <t>엠마 아드보게 글, 그림 | 이유진 옮김</t>
   </si>
   <si>
     <t>15,000원</t>
   </si>
   <si>
     <t>상처 ,학교, 관심, 친구, 소동, 유머,</t>
   </si>
@@ -800,89 +845,117 @@
   <si>
     <t>다시마 세이조 글, 그림│황진희 옮김</t>
   </si>
   <si>
     <t>계수나무</t>
   </si>
   <si>
     <t>연못, 친구</t>
   </si>
   <si>
     <t>내일 또 만나</t>
   </si>
   <si>
     <t>안미란 글 | 김명진 그림</t>
   </si>
   <si>
     <t>우리교육</t>
   </si>
   <si>
     <t>9,000원</t>
   </si>
   <si>
     <t>놀이, 친구, 강아지, 동네, 수색</t>
   </si>
   <si>
+    <t>내일은 달콤한 기분</t>
+  </si>
+  <si>
+    <t>김혜정 글 | 무디 그림</t>
+  </si>
+  <si>
+    <t>다산어린이</t>
+  </si>
+  <si>
+    <t>180쪽</t>
+  </si>
+  <si>
+    <t>마카오, 친구, 여행, 계획, 아르바이트
+2014동화동무씨동무</t>
+  </si>
+  <si>
     <t>너는 활짝 피어나려고 기다리고 있어</t>
   </si>
   <si>
     <t>마리카 마이얄라 글, 그림 | 정보람 옮김</t>
   </si>
   <si>
     <t>식물, 꽃, 닭(동물), 친구, 건포도, 기다림,</t>
   </si>
   <si>
     <t>너도 하늘말나리야</t>
   </si>
   <si>
     <t>이금이 글 | 해마 그림</t>
   </si>
   <si>
     <t>밤티</t>
   </si>
   <si>
     <t>228쪽</t>
   </si>
   <si>
     <t>12,800원</t>
   </si>
   <si>
     <t>이사, 조손가정, 친구, 전학, 한부모가정, 위로, 상처</t>
   </si>
   <si>
     <t>너여서 좋아</t>
   </si>
   <si>
     <t>기쿠치 치키 글, 그림 | 황진희 옮김</t>
   </si>
   <si>
     <t>18,000원</t>
   </si>
   <si>
     <t>강아지, 색깔, 반복, 친구, 동물, 검정,</t>
   </si>
   <si>
+    <t>너의 우주가 들린다면</t>
+  </si>
+  <si>
+    <t>최양선 글</t>
+  </si>
+  <si>
+    <t>252쪽</t>
+  </si>
+  <si>
+    <t>판타지, 기생존재, 관심, 마음, 친구</t>
+  </si>
+  <si>
     <t>너하고 안 놀아</t>
   </si>
   <si>
     <t>현덕 글 | 송진헌 그림 | 원종찬 엮음</t>
   </si>
   <si>
     <t>188쪽</t>
   </si>
   <si>
     <t>단편집, 놀이, 일상, 친구, 고양이, 귀뚜라미, 토끼</t>
   </si>
   <si>
     <t>노란 샌들 한 짝</t>
   </si>
   <si>
     <t>캐런 린 윌리엄스, 카드라 모하메드 글｜둑 체이카 그림｜이현정 옮김</t>
   </si>
   <si>
     <t>맑은가람</t>
   </si>
   <si>
     <t>난민, 우정, 친구, 이별</t>
   </si>
   <si>
     <t>노란 우산</t>
@@ -974,217 +1047,277 @@
   <si>
     <t>남찬숙 글 | 이혜란 그림</t>
   </si>
   <si>
     <t>206쪽</t>
   </si>
   <si>
     <t>9,800원</t>
   </si>
   <si>
     <t>시골, 가족, 친구, 꿈(희망), 인터넷, 자존감</t>
   </si>
   <si>
     <t>니노의 강아지</t>
   </si>
   <si>
     <t>에드바르트 판 드 펜델 글｜안톤 판 헤르트브뤼헌 그림｜최진영 옮김</t>
   </si>
   <si>
     <t>지양어린이</t>
   </si>
   <si>
     <t>상상, 동물, 가족, 아빠, 친구, 외로움</t>
   </si>
   <si>
+    <t>다온</t>
+  </si>
+  <si>
+    <t>조현미 글｜원유미 그림</t>
+  </si>
+  <si>
+    <t>잇츠북</t>
+  </si>
+  <si>
+    <t>할머니, 생전장례식, 보호시설(그룹홈), 친구, 우정, 따돌림, 자립, 선택, 고아</t>
+  </si>
+  <si>
     <t>달려라, 바람처럼</t>
   </si>
   <si>
     <t>아베 나쯔마루 글 | 홍정선 그림 | 햇살과나무꾼 옮김</t>
   </si>
   <si>
     <t>312쪽</t>
   </si>
   <si>
     <t>단편집, 형제, 함구증, 친구, 우정, 성장, 여름방학</t>
   </si>
   <si>
+    <t>달리와 달리는 기분</t>
+  </si>
+  <si>
+    <t>김개미 시</t>
+  </si>
+  <si>
+    <t>112쪽</t>
+  </si>
+  <si>
+    <t>시</t>
+  </si>
+  <si>
+    <t>고양이, 성장, 친구, 자아, 불안, 위로</t>
+  </si>
+  <si>
     <t>달콤, 매콤</t>
   </si>
   <si>
     <t>배봉기 글 | 장경혜 그림</t>
   </si>
   <si>
     <t>한겨레아이들</t>
   </si>
   <si>
     <t>단편집, 단짝친구, 화해, 가족, 오해</t>
   </si>
   <si>
     <t>달토끼 거북이 오징어</t>
   </si>
   <si>
     <t>조수진 글, 그림</t>
   </si>
   <si>
     <t>반달</t>
   </si>
   <si>
     <t>60쪽</t>
   </si>
   <si>
     <t>친구, 여름, 바다, 협동</t>
   </si>
   <si>
     <t>달팽이도 달린다</t>
   </si>
   <si>
     <t>황지영 글 | 최민지 그림</t>
-  </si>
-[...1 lines deleted...]
-    <t>140쪽</t>
   </si>
   <si>
     <t>단편집 , 편견, 생명, 친구, 동물,
 2025동화동무씨동무</t>
   </si>
   <si>
     <t>도서관에 간 사자</t>
   </si>
   <si>
     <t>미셸 누드슨 글｜케빈 호크스 그림｜홍연미 옮김</t>
   </si>
   <si>
     <t>규칙, 친구, 약속, 도움</t>
   </si>
   <si>
     <t>돌려 줘, 내 모자</t>
   </si>
   <si>
     <t>우메다 순사쿠 글, 그림｜김난주 옮김</t>
   </si>
   <si>
     <t>친구, 놀림, 할머니</t>
   </si>
   <si>
     <t>두더지의 고민</t>
   </si>
   <si>
     <t>김상근 글, 그림</t>
   </si>
   <si>
     <t>겨울, 눈(날씨), 놀이, 친구</t>
   </si>
   <si>
+    <t>둘이 함께라면</t>
+  </si>
+  <si>
+    <t>김성은 글, 그림</t>
+  </si>
+  <si>
+    <t>다그림책</t>
+  </si>
+  <si>
+    <t>비둘기(새), 친구, 여행, 모험, 세계일주, 뻥튀기</t>
+  </si>
+  <si>
     <t>뒷집 준범이</t>
   </si>
   <si>
     <t>이혜란 글, 그림</t>
   </si>
   <si>
     <t>38쪽</t>
   </si>
   <si>
     <t>이웃, 친구, 골목, 놀이, 나눔, 짜장면</t>
   </si>
   <si>
     <t>따라 하지 마!</t>
   </si>
   <si>
     <t>42쪽</t>
   </si>
   <si>
     <t>친구, 고양이, 몸놀이, 흉내</t>
   </si>
   <si>
+    <t>따로 또 같이 갈까?</t>
+  </si>
+  <si>
+    <t>브렌던 웬젤 글, 그림｜김지은 옮김</t>
+  </si>
+  <si>
+    <t>올리</t>
+  </si>
+  <si>
+    <t>개(동물), 고양이, 모험, 친구, 다름, 시선</t>
+  </si>
+  <si>
     <t>따로 또 삼총사</t>
   </si>
   <si>
     <t>김양미 글 | 오승민 그림</t>
   </si>
   <si>
     <t>엄마, 동생, 친구, 외로움, 그리움</t>
   </si>
   <si>
     <t>똥두 1-2</t>
   </si>
   <si>
     <t>국무영 글, 그림</t>
   </si>
   <si>
     <t>각 292쪽</t>
   </si>
   <si>
     <t>만화</t>
   </si>
   <si>
     <t>각 16,000원</t>
   </si>
   <si>
     <t>자존감, 외모, 첫사랑, 친구, 가족</t>
   </si>
   <si>
+    <t>라이언이라고 불러 줘</t>
+  </si>
+  <si>
+    <t>카밀라 체스터 글｜정회성 옮김</t>
+  </si>
+  <si>
+    <t>초록개구리</t>
+  </si>
+  <si>
+    <t>17,500원</t>
+  </si>
+  <si>
+    <t>춤, 트램블린, 선택적함구증, 우정, 친구, 편지, 댄스발표회, 극복, 용기, 비밀</t>
+  </si>
+  <si>
     <t>로쿠베, 조금만 기다려</t>
   </si>
   <si>
     <t>하이타니 겐지로 글｜초 신타 그림｜햇살과나무꾼 옮김</t>
   </si>
   <si>
     <t>양철북</t>
   </si>
   <si>
     <t>개(동물), 구조(구함), 구덩이, 도움, 친구, 응원</t>
   </si>
   <si>
     <t>롤라와 나</t>
   </si>
   <si>
     <t>키아라 발렌티나 세그레 글｜파올로 도메니코니 그림｜길상효 옮김</t>
   </si>
   <si>
     <t>친구, 안내견, 장애, 관계, 사랑</t>
   </si>
   <si>
     <t>루카-루카</t>
   </si>
   <si>
     <t>구드룬 멥스 글 | 미하엘 쇼버 그림 | 김경연 옮김</t>
   </si>
   <si>
     <t>풀빛</t>
   </si>
   <si>
     <t>이성친구, 성장, 연극, 안경, 첫사랑, 아픔</t>
   </si>
   <si>
     <t>룰스</t>
   </si>
   <si>
     <t>신시아 로드 글┃천미나 옮김</t>
-  </si>
-[...1 lines deleted...]
-    <t>초록개구리</t>
   </si>
   <si>
     <t>248쪽</t>
   </si>
   <si>
     <t>자폐스펙트럼, 가족, 규칙, 친구, 그림, 카드, 오누이</t>
   </si>
   <si>
     <t>리보와 앤 - 아무도 오지 않는 도서관의 두 로봇</t>
   </si>
   <si>
     <t>어윤정 글 | 해마 그림</t>
   </si>
   <si>
     <t>11,500원</t>
   </si>
   <si>
     <t>도서관, AI로봇, 바이러스, 폐쇄, 팬데믹, 친구, 감정
 2025동화동무씨동무</t>
   </si>
   <si>
     <t>리제트의 초록 양말</t>
   </si>
   <si>
     <t>카타리나 발크스 글, 그림｜조민영 옮김</t>
@@ -1391,60 +1524,72 @@
   <si>
     <t>댄 거마인하트 글 | 이나경 옮김</t>
   </si>
   <si>
     <t>다산책방</t>
   </si>
   <si>
     <t>388쪽</t>
   </si>
   <si>
     <t>고아, 가족, 친구, 선택, 사냥꾼,</t>
   </si>
   <si>
     <t>미움</t>
   </si>
   <si>
     <t>조원희 글, 그림</t>
   </si>
   <si>
     <t>만만한책방</t>
   </si>
   <si>
     <t>마음, 상처, 친구, 감정</t>
   </si>
   <si>
+    <t>민수의 2.7그램</t>
+  </si>
+  <si>
+    <t>윤해연 글</t>
+  </si>
+  <si>
+    <t>서유재</t>
+  </si>
+  <si>
+    <t>스포츠, 탁구, 공부, 친구, 아빠</t>
+  </si>
+  <si>
     <t>밍기민기</t>
   </si>
   <si>
     <t>김한조 글, 그림</t>
   </si>
   <si>
     <t>132쪽</t>
   </si>
   <si>
-    <t>초등학생, 일상, 친구, 가족</t>
+    <t>초등학생, 일상, 친구, 가족, 2026목록속목록:만화</t>
   </si>
   <si>
     <t>바무와 게로의 일요일</t>
   </si>
   <si>
     <t>시마다 유카 글, 그림｜이귀림 옮김</t>
   </si>
   <si>
     <t>중앙출판사</t>
   </si>
   <si>
     <t>놀이, 비(날씨), 친구, 청소, 휴일, 시리즈,
 목록속목록:여행</t>
   </si>
   <si>
     <t>바바빠빠</t>
   </si>
   <si>
     <t>아네트 티종, 탈루스 테일러 글, 그림｜이용분 옮김</t>
   </si>
   <si>
     <t>친구, 우정, 동물원, 도움, 변신, 캐릭터</t>
   </si>
   <si>
     <t>바베테, 넌 누구니?</t>
@@ -1543,53 +1688,50 @@
   <si>
     <t>박경진 글, 그림</t>
   </si>
   <si>
     <t>길벗어린이</t>
   </si>
   <si>
     <t>여우, 곰(동물), 친구, 겨울, 눈(날씨), 놀이, 기다림</t>
   </si>
   <si>
     <t>브루노를 위한 책</t>
   </si>
   <si>
     <t>니콜라우스 하이델바흐 글, 그림｜김경연 옮김</t>
   </si>
   <si>
     <t>독서, 모험, 상상, 친구, 액자구성</t>
   </si>
   <si>
     <t>브루키와 작은 양</t>
   </si>
   <si>
     <t>M.B.고프스타인 글, 그림│이수지 옮김</t>
   </si>
   <si>
-    <t>미디어창비</t>
-[...1 lines deleted...]
-  <si>
     <t>친구, 사랑, 배려, 관계</t>
   </si>
   <si>
     <t>비밀의 화원</t>
   </si>
   <si>
     <t>프랜시스 호지슨 버넷 글 | 타샤 튜더 그림 | 공경희 옮김</t>
   </si>
   <si>
     <t>408쪽</t>
   </si>
   <si>
     <t>치유, 친구, 열쇠, 비밀, 사촌, 정원</t>
   </si>
   <si>
     <t>비오는 날의 소풍</t>
   </si>
   <si>
     <t>가브리엘 뱅상 글, 그림ㅣ 햇살과나무꾼 옮김</t>
   </si>
   <si>
     <t>황금여우</t>
   </si>
   <si>
     <t>생쥐, 곰(동물), 친구, 이웃, 긍정, 도전</t>
@@ -1628,78 +1770,99 @@
     <t>빨간 아기 토끼</t>
   </si>
   <si>
     <t>라스칼 글 ㅣ 클로드 듀보아 그림 ㅣ홍성혜 옮김</t>
   </si>
   <si>
     <t>7,600원</t>
   </si>
   <si>
     <t>빨간모자, 패러디, 이야기. 창작, 친구, 만남, 운명, 개척</t>
   </si>
   <si>
     <t>빨간구두와 바람샌들</t>
   </si>
   <si>
     <t>우술라 뵐펠 글 | 이모니카 그림 | 유혜자 옮김</t>
   </si>
   <si>
     <t>한림출판사</t>
   </si>
   <si>
     <t>여행, 아빠, 친구, 생일, 가족,
 목록속목록:길(다니는)</t>
   </si>
   <si>
+    <t>빵빵! 행복 빵집</t>
+  </si>
+  <si>
+    <t>한나빵 글, 그림</t>
+  </si>
+  <si>
+    <t>보리</t>
+  </si>
+  <si>
+    <t>빵집, 요정, 사랑, 친구</t>
+  </si>
+  <si>
+    <t>뻔뻔한 황금털이 말했습니다</t>
+  </si>
+  <si>
+    <t>추수진 글｜유시연 그림</t>
+  </si>
+  <si>
+    <t>마법, 소원, 쥐(동물), 판타지동화, 이사, 친구, 우정, 손톱</t>
+  </si>
+  <si>
     <t>뼈다귀개</t>
   </si>
   <si>
     <t>에릭 로만 글, 그림  ㅣ김소연 옮김</t>
   </si>
   <si>
     <t>주니어김영사</t>
   </si>
   <si>
     <t>친구, 우정, 죽음, 반려견, 해골, 약속</t>
   </si>
   <si>
     <t>삐비 이야기</t>
   </si>
   <si>
     <t>송진헌 글, 그림</t>
   </si>
   <si>
     <t>사과가 쿵!</t>
   </si>
   <si>
     <t>다다 히로시 글, 그림 | 정근 옮김</t>
   </si>
   <si>
     <t>28쪽</t>
   </si>
   <si>
-    <t>동물, 친구, 반복, 의성어, 나눔, 쓰임새</t>
+    <t>동물, 친구, 반복, 의성어, 나눔, 쓰임새, 보드북</t>
   </si>
   <si>
     <t>사랑이 훅!</t>
   </si>
   <si>
     <t>진형민 글 | 최민호 그림</t>
   </si>
   <si>
     <t>학교, 단짝친구, 커플, 친구, 고백,
 2019동화동무씨동무</t>
   </si>
   <si>
     <t>사슴과 사냥개</t>
   </si>
   <si>
     <t>마해송 글 | 김호민 그림</t>
   </si>
   <si>
     <t>11,800원</t>
   </si>
   <si>
     <t>단편집, 숲속, 염소, 친구, 우화,
 목록:고학년모임</t>
   </si>
   <si>
@@ -1718,53 +1881,50 @@
     <t>산골 집에 도깨비가 와글와글</t>
   </si>
   <si>
     <t>채인선 글 | 이혜리 그림</t>
   </si>
   <si>
     <t>강원도, 친구, 산귀신, 도깨비방망이,
 2013동화동무씨동무</t>
   </si>
   <si>
     <t>삼촌이 왔다</t>
   </si>
   <si>
     <t>김재희 글, 그림</t>
   </si>
   <si>
     <t>방학, 여행, 놀이, 선물, 친구</t>
   </si>
   <si>
     <t>상계동 아이들</t>
   </si>
   <si>
     <t>노경실 글 | 김호민 그림</t>
   </si>
   <si>
-    <t>180쪽</t>
-[...1 lines deleted...]
-  <si>
     <t>산동네, 가난, 친구, 우정, 시계, 이웃, 사랑</t>
   </si>
   <si>
     <t>새똥</t>
   </si>
   <si>
     <t>이경혜 글┃폴아 그림</t>
   </si>
   <si>
     <t>은둔형외톨이, 따돌림, 회피, 외출, 상처, 친구</t>
   </si>
   <si>
     <t>색색의 꿈을 꾸고 싶다면</t>
   </si>
   <si>
     <t>미셸 피크말 글│에릭 바튀 그림│이세진 옮김</t>
   </si>
   <si>
     <t>소(동물), 새(동물), 친구, 여행, 초록, 색깔, 풍경</t>
   </si>
   <si>
     <t>샬롯의 거미줄</t>
   </si>
   <si>
     <t>엘윈 브룩스 화이트 글 | 가스 윌리엄스 그림 | 김화곤 옮김</t>
@@ -1773,53 +1933,50 @@
     <t>264쪽</t>
   </si>
   <si>
     <t>농장, 돼지, 친구, 연대, 거미줄, 글자</t>
   </si>
   <si>
     <t>세 친구의 머나먼 길</t>
   </si>
   <si>
     <t>실라 번포드 글 | 햇살과나무꾼 옮김</t>
   </si>
   <si>
     <t>175쪽</t>
   </si>
   <si>
     <t>모험, 친구, 배려, 개(동물), 고양이,
 목록속목록:길(다니는), 목록:동물이야기</t>
   </si>
   <si>
     <t>세상 끝에 있는 너에게</t>
   </si>
   <si>
     <t>고티에 다비드, 마리 꼬드리 글, 그림 | 이경혜 옮김</t>
   </si>
   <si>
-    <t>다그림책</t>
-[...1 lines deleted...]
-  <si>
     <t>곰(동물), 새(동물), 친구, 편지, 만남, 여행, 그리움</t>
   </si>
   <si>
     <t>세상에서 가장 아름다운</t>
   </si>
   <si>
     <t>캐롤 린치 윌리암스 글 | 조성흠 그림 | 이윤선 옮김</t>
   </si>
   <si>
     <t>256쪽</t>
   </si>
   <si>
     <t>친구, 희귀병, 놀림, 우정</t>
   </si>
   <si>
     <t>세상의 많고 많은 파랑</t>
   </si>
   <si>
     <t>로라 바카로 시거 글, 그림 | 김은영 옮김</t>
   </si>
   <si>
     <t>다산기획</t>
   </si>
   <si>
     <t>개(동물), 반려견, 인생, 친구, 성장, 비유, 파랑</t>
@@ -1924,53 +2081,50 @@
     <t>권사우 글, 그림</t>
   </si>
   <si>
     <t>걸음마, 안녕, 인사, 친구, 보드북</t>
   </si>
   <si>
     <t>아모스 할아버지가 버스를 놓친 날</t>
   </si>
   <si>
     <t>필립 C. 스테드 글│에린 E. 스테드 그림│강무홍 옮김</t>
   </si>
   <si>
     <t>50쪽</t>
   </si>
   <si>
     <t>동물원, 소풍, 도움, 친구, 우정</t>
   </si>
   <si>
     <t>악어 우리나</t>
   </si>
   <si>
     <t>채인선 글 | 안은진 그림</t>
   </si>
   <si>
     <t>논장</t>
-  </si>
-[...1 lines deleted...]
-    <t>92쪽</t>
   </si>
   <si>
     <t>숙제, 상상, 친구, 걱정, 놀이</t>
   </si>
   <si>
     <t>안녕 크렌쇼</t>
   </si>
   <si>
     <t>친구, 상상, 가난, 가족</t>
   </si>
   <si>
     <t>알도</t>
   </si>
   <si>
     <t>존 버닝햄 글, 그림 | 이주령 옮김</t>
   </si>
   <si>
     <t>토끼, 환상, 친구, 내면, 극복</t>
   </si>
   <si>
     <t>알사탕</t>
   </si>
   <si>
     <t>백희나 글, 그림</t>
   </si>
@@ -2122,71 +2276,86 @@
   <si>
     <t>송언 글 | 최정인 그림</t>
   </si>
   <si>
     <t>125쪽</t>
   </si>
   <si>
     <t>선생님, 장난, 친구, 놀이, 말썽</t>
   </si>
   <si>
     <t>오늘도 고고고!</t>
   </si>
   <si>
     <t>석철원 글, 그림</t>
   </si>
   <si>
     <t>고릴라, 친구, 놀이, 일상</t>
   </si>
   <si>
     <t>오늘도 학교로 로그인</t>
   </si>
   <si>
     <t>문현식 시｜소복이 그림</t>
   </si>
   <si>
-    <t>시</t>
-[...2 lines deleted...]
-    <t>친구, 용기 웃음, 응원, 위로</t>
+    <t>친구, 용기 웃음, 응원, 위로, 2026목록속목록:우정</t>
+  </si>
+  <si>
+    <t>오늘의 기분은 사과</t>
+  </si>
+  <si>
+    <t>김지현 글</t>
+  </si>
+  <si>
+    <t>감정선, 친구, 관계, 진심, 상처, 기억</t>
   </si>
   <si>
     <t>오스카만 야단 맞아!</t>
   </si>
   <si>
     <t>토니 로스 글, 그림 | 김서정 옮김</t>
   </si>
   <si>
     <t>베틀북</t>
   </si>
   <si>
     <t>25쪽</t>
   </si>
   <si>
     <t>상상, 친구, 놀이</t>
   </si>
   <si>
+    <t>오탉의 비밀 기지</t>
+  </si>
+  <si>
+    <t>주미경 글｜정진희 그림</t>
+  </si>
+  <si>
+    <t>친구, 우정, 별명, 비밀, 이별, 짝사랑, 칡넝쿨</t>
+  </si>
+  <si>
     <t>올리스의 숲</t>
   </si>
   <si>
     <t>잉군 톤 글 | 노라 브레크 그림 | 손화수 옮김</t>
   </si>
   <si>
     <t>108쪽</t>
   </si>
   <si>
     <t>편지, 가족, 오해, 발명, 용기, 친구</t>
   </si>
   <si>
     <t>우르르 쾅쾅 폭풍우 치는 밤에는</t>
   </si>
   <si>
     <t>막달레나 기라오 쥘리앙 글│크리스틴 다브니에 그림│라미파 옮김</t>
   </si>
   <si>
     <t>한울림어린이</t>
   </si>
   <si>
     <t>비(날씨), 이웃, 친구, 동물, 숲, 두려움, 소리</t>
   </si>
   <si>
     <t>우리 같이 서커스 할래?</t>
@@ -2227,76 +2396,66 @@
   <si>
     <t>엠마 비르케 글│요안나 헬그렌 그림│김아영 옮김</t>
   </si>
   <si>
     <t>토토북</t>
   </si>
   <si>
     <t>46쪽</t>
   </si>
   <si>
     <t>친구, 기다림, 상상, 엄마, 경쟁</t>
   </si>
   <si>
     <t>우리 집 괴물 친구들</t>
   </si>
   <si>
     <t>박효미 글 | 조승연 그림</t>
   </si>
   <si>
     <t>98쪽</t>
   </si>
   <si>
     <t>형, 동생, 비밀, 친구, 관심</t>
   </si>
   <si>
-    <t>우리들의 에그타르트</t>
-[...8 lines deleted...]
-  <si>
     <t>우주로 카운트다운</t>
   </si>
   <si>
     <t>어윤정 글 | 이갑규 그림</t>
   </si>
   <si>
     <t>놀이터, 화성 탐사, 나사 (NASA) 모의훈련, 친구,  도전</t>
   </si>
   <si>
     <t>웅고와 분홍돌고래</t>
   </si>
   <si>
     <t>김한민 글, 그림</t>
   </si>
   <si>
-    <t>기다림, 친구, 늪, 아마존, 악어, 생태</t>
+    <t>기다림, 친구, 늪, 아마존, 악어, 생태, 2026목록속목록:우정</t>
   </si>
   <si>
     <t>웨이싸이드 학교 별난 아이들</t>
   </si>
   <si>
     <t>루이스 새커 글 / 김중석 그림 / 김영선 옮김</t>
   </si>
   <si>
     <t>198쪽</t>
   </si>
   <si>
     <t>교실, 친구, 공부, 환상, 모험, 마법</t>
   </si>
   <si>
     <t>웬델과 또 다른 유령</t>
   </si>
   <si>
     <t>브레나 섬러 글, 그림 | 임윤정 옮김</t>
   </si>
   <si>
     <t>밝은미래</t>
   </si>
   <si>
     <t>328쪽</t>
   </si>
@@ -2309,51 +2468,51 @@
   <si>
     <t>린지 매틱 글 | 소피 블랙콜 그림 | 정회성 옮김</t>
   </si>
   <si>
     <t>68쪽</t>
   </si>
   <si>
     <t>곰, 군인, 모험, 친구, 이야기, 추억, 실화, 곰돌이푸</t>
   </si>
   <si>
     <t>유원</t>
   </si>
   <si>
     <t>백온유 글</t>
   </si>
   <si>
     <t>윤리, 딜레마, 상처, 죄책감, 친구</t>
   </si>
   <si>
     <t>은지와 푹신이</t>
   </si>
   <si>
     <t>하야시 아키코 글, 그림 | 이영준 옮김</t>
   </si>
   <si>
-    <t>여우, 인형, 친구, 할머니, 기차, 여행, 위로, 성장</t>
+    <t>여우, 인형, 친구, 할머니, 기차, 여행, 위로, 성장, 2026목록속목록:우정</t>
   </si>
   <si>
     <t>이불을 덮기 전에</t>
   </si>
   <si>
     <t>김유진 글 | 서현 그림</t>
   </si>
   <si>
     <t>질문, 친구, 상상, 놀이, 손, 시리즈, 잠자리책</t>
   </si>
   <si>
     <t>이사 안 가기 대작전</t>
   </si>
   <si>
     <t>수지 모건스턴 | 세르주 블로크 그림 | 이정주 옮김</t>
   </si>
   <si>
     <t>가족, 친구, 두려움, 나무, 이별, 적응, 꼴라주</t>
   </si>
   <si>
     <t>이상한 나라의 숫자들</t>
   </si>
   <si>
     <t>마리아 데 라 루스 우리베 글 | 페르난도 크란 그림 | 김정하 옮김</t>
   </si>
@@ -2373,168 +2532,189 @@
     <t>딸기책방</t>
   </si>
   <si>
     <t>190 내외쪽</t>
   </si>
   <si>
     <t>각 13,500원</t>
   </si>
   <si>
     <t>모험, 친구</t>
   </si>
   <si>
     <t>이상한 벌레들</t>
   </si>
   <si>
     <t>하이로 부이트라고 글 | 라피엘 요크텡 그림 | 배상희 옮김</t>
   </si>
   <si>
     <t>학교, 적응, 새로움, 낯설음, 친구</t>
   </si>
   <si>
     <t>이상한 아이 옆에 또 이상한 아이</t>
   </si>
   <si>
     <t>송미경 글 | 조미자 그림</t>
-  </si>
-[...4 lines deleted...]
-    <t>112쪽</t>
   </si>
   <si>
     <t>놀이, 인형, 교실, 친구, 진실</t>
   </si>
   <si>
     <t>이웃에 온 아이</t>
   </si>
   <si>
     <t>이와사키 치히로 글, 그림 | 엄혜숙 옮김 | 다케이치 야소오 기획</t>
   </si>
   <si>
     <t>이웃, 만남, 친구, 놀이</t>
   </si>
   <si>
     <t>일곱 번째 새끼 고양이</t>
   </si>
   <si>
     <t>마인데르트 드용 글 | 짐 맥뭘란 그림 | 햇살과나무꾼 옮김</t>
   </si>
   <si>
     <t>80쪽</t>
   </si>
   <si>
     <t>사랑, 막내, 개(동물), 친구
 목록:동물이야기</t>
   </si>
   <si>
     <t>임금님의 이사</t>
   </si>
   <si>
     <t>보탄 야스요시 글, 그림 | 김영순 옮김</t>
   </si>
   <si>
     <t>가구, 침대, 짐, 행렬, 수레, 친구, 나눔, 소동</t>
   </si>
   <si>
+    <t>작은 죽음이 찾아왔어요</t>
+  </si>
+  <si>
+    <t>키티 크라우더 글, 그림｜이주희 옮김</t>
+  </si>
+  <si>
+    <t>친구, 천사, 삶, 우정, 만남, 양면성</t>
+  </si>
+  <si>
     <t>작은 토끼 마시멜로</t>
   </si>
   <si>
     <t>클레어 터레이 뉴벨리 글, 그림 | 최순희 옮김</t>
   </si>
   <si>
     <t>고양이, 친구, 갈등, 사랑, 반려동물, 시</t>
   </si>
   <si>
     <t>잠깐만 기다려 줘!</t>
   </si>
   <si>
     <t>브리타 테켄트럽 글, 그림│김서정 옮김</t>
   </si>
   <si>
     <t>고슴도치, 친구, 곤충, 밤, 길, 자연, 잠자리책</t>
   </si>
   <si>
     <t>잠옷 파티</t>
   </si>
   <si>
     <t>재클린 윌슨 글 | 닉 샤랫 그림 | 지혜연 옮김</t>
   </si>
   <si>
     <t>156쪽</t>
   </si>
   <si>
     <t>놀이, 친구, 비밀, 장애, 고민</t>
   </si>
   <si>
     <t>전학 간 윤주 전학 온 윤주</t>
   </si>
   <si>
     <t>장주식 글 | 정문주 그림</t>
   </si>
   <si>
-    <t>우정, 이사, 열쇠, 엄마, 별명, 친구</t>
+    <t>우정, 이사, 열쇠, 엄마, 별명, 친구, 2026목록속목록:우정</t>
   </si>
   <si>
     <t>제이넵의 비밀 편지</t>
   </si>
   <si>
     <t>아지즈 네신 글 | 홍정아 그림 | 이난아 옮김</t>
   </si>
   <si>
     <t>287쪽</t>
   </si>
   <si>
     <t>친구, 선생님, 차별, 시낭송, 대항, 사회비판</t>
   </si>
   <si>
+    <t>조그만 새싹</t>
+  </si>
+  <si>
+    <t>브리타 테켄트럽 글, 그림｜김서정 옮김</t>
+  </si>
+  <si>
+    <t>계절, 성장, 여정, 친구, 자연, 생명</t>
+  </si>
+  <si>
     <t>조금만 기다려 봐</t>
   </si>
   <si>
     <t>케빈 헹크스 글, 그림 | 문혜진 옮김</t>
   </si>
   <si>
     <t>창문, 친구, 기다림, 장난감, 계절, 풍경</t>
   </si>
   <si>
     <t>조니는 혼자가 좋아!</t>
   </si>
   <si>
     <t>모리스 샌닥 글, 그림 | 홍연미 옮김</t>
   </si>
   <si>
     <t>동물, 친구, 숫자, 반복</t>
   </si>
   <si>
     <t>좋아해</t>
   </si>
   <si>
     <t>노석미 글, 그림</t>
   </si>
   <si>
     <t>놀이, 감정, 친구, 반복, 여름</t>
+  </si>
+  <si>
+    <t>주게무의 여름</t>
+  </si>
+  <si>
+    <t>모가미 잇페이 글｜마메 이케다 그림｜고향옥 옮김</t>
+  </si>
+  <si>
+    <t>모험, 친구, 다이빙, 병아리, 방학, 우정, 근위축증, 전설</t>
   </si>
   <si>
     <t>준비됐니?</t>
   </si>
   <si>
     <t>수잰 러플러 글 | 김옥수 옮김</t>
   </si>
   <si>
     <t>304쪽</t>
   </si>
   <si>
     <t>할머니, 친구, 상실, 아픔, 원망, 가족</t>
   </si>
   <si>
     <t>준치 가시</t>
   </si>
   <si>
     <t>백석 시 | 김세현 그림</t>
   </si>
   <si>
     <t>물고기, 나눔, 친구, 유래, 시그림책_동화시</t>
   </si>
   <si>
     <t>쥐똥 선물</t>
   </si>
@@ -2545,108 +2725,129 @@
     <t>친구, 할머니, 일기(글), 생일선물, 씨앗,
 2012동화동무씨동무</t>
   </si>
   <si>
     <t>지붕 위의 수레바퀴</t>
   </si>
   <si>
     <t>마인데르트 드용 글 | 모리스 샌닥 그림 | 햇살과나무꾼 옮김</t>
   </si>
   <si>
     <t>369쪽</t>
   </si>
   <si>
     <t>황새, 배(탈것), 마을, 화합, 희망, 친구, 폭풍</t>
   </si>
   <si>
     <t>지붕 위의 카알손</t>
   </si>
   <si>
     <t>아스트리드 린드그렌 글 | 일론 비클란드 그림 | 정미경 옮김</t>
   </si>
   <si>
     <t>친구, 단추, 프로펠러, 허풍, 모험</t>
   </si>
   <si>
+    <t>진지한 건 내일 할래! 1-2</t>
+  </si>
+  <si>
+    <t>주쓰 글, 그림</t>
+  </si>
+  <si>
+    <t>각192, 200쪽</t>
+  </si>
+  <si>
+    <t>각 19,000원</t>
+  </si>
+  <si>
+    <t>우정, 친구, 성장, 일상</t>
+  </si>
+  <si>
     <t>짜장면 불어요!</t>
   </si>
   <si>
     <t>이현 글 | 윤정주 그림</t>
   </si>
   <si>
     <t>225쪽</t>
   </si>
   <si>
     <t>단편집, 중국집, 아르바이트, 이성친구, 가출</t>
   </si>
   <si>
     <t>짝짝이 양말</t>
   </si>
   <si>
     <t>황지영 글 | 정진희 그림</t>
   </si>
   <si>
     <t>단짝친구, 선생님, 따돌림, 나다움, 우정</t>
+  </si>
+  <si>
+    <t>차륵차륵 구슬치기</t>
+  </si>
+  <si>
+    <t>이현정 글｜김유진 그림</t>
+  </si>
+  <si>
+    <t>애착, 놀이, 친구, 환상, 동물, 숲</t>
   </si>
   <si>
     <t>찰리의 시끌벅적 하룻밤</t>
   </si>
   <si>
     <t>힐러리 매케이 글 | 샘 헌 그림 | 지혜연 옮김</t>
   </si>
   <si>
     <t>단짝친구, 잠옷파티, 소동, 햄스터, 고양이</t>
   </si>
   <si>
     <t>찾았다, 곰돌이!</t>
   </si>
   <si>
     <t>줄리아 도널드슨 글 | 레베카 콥 그림 | 엄혜숙 옮김</t>
   </si>
   <si>
     <t>유치원, 친구, 놀이, 모험, 인형</t>
   </si>
   <si>
     <t>천천히 안녕</t>
   </si>
   <si>
     <t>고재현 글 | 이소영 그림</t>
   </si>
   <si>
     <t>단편집, 친구, 외계인, 귀신, 이별, 반려동물, 승강기
 2023동화동무씨동무</t>
   </si>
   <si>
     <t>청소녀 백과사전</t>
   </si>
   <si>
     <t>김옥 글 | 나오미양 그림</t>
   </si>
   <si>
-    <t>196쪽</t>
-[...1 lines deleted...]
-  <si>
     <t>단편집, 사춘기, 친구, 갈등, 우정, 아빠
 목록속목록:옷, 목록:고학년모임</t>
   </si>
   <si>
     <t>초원의 연꽃</t>
   </si>
   <si>
     <t>린다 수 박 글 | 김경미 옮김</t>
   </si>
   <si>
     <t>272쪽</t>
   </si>
   <si>
     <t>14,800원</t>
   </si>
   <si>
     <t>미국, 꿈(희망), 인디언, 친구, 드레스 메이커, 인종차별</t>
   </si>
   <si>
     <t>최고로 멋진 놀이였어!</t>
   </si>
   <si>
     <t>말라 프레이지 글, 그림 | 육아리 옮김</t>
   </si>
   <si>
@@ -2670,50 +2871,62 @@
   <si>
     <t>하나다 하토코 글 | 후지와라 히로코 그림 | 명정화 옮김</t>
   </si>
   <si>
     <t>새학기, 단짝친구, 새학기증후군, 관계</t>
   </si>
   <si>
     <t>축구왕 이채연</t>
   </si>
   <si>
     <t>유우석 글 | 오승민 그림</t>
   </si>
   <si>
     <t>결승전, 여자축구, 훈련, 도전, 화해, 친구</t>
   </si>
   <si>
     <t>친구랑 싸웠어!</t>
   </si>
   <si>
     <t>시바타 아이코 글 | 이토 히데오 그림 | 이선아 옮김</t>
   </si>
   <si>
     <t>친구, 싸움, 화해, 만두, 놀이터</t>
   </si>
   <si>
+    <t>친절한 땅콩 호텔</t>
+  </si>
+  <si>
+    <t>임고을 글｜김규아 그림</t>
+  </si>
+  <si>
+    <t>116쪽</t>
+  </si>
+  <si>
+    <t>햄스터, 개구리, 휴가, 등산, 폭포, 신문, 용기, 친구, 성격, 고민</t>
+  </si>
+  <si>
     <t>코끼리의 함정</t>
   </si>
   <si>
     <t>다카바타케 준 글, 그림│고향옥 옮김</t>
   </si>
   <si>
     <t>대교북스주니어</t>
   </si>
   <si>
     <t>동물, 놀이, 친구, 장난</t>
   </si>
   <si>
     <t>콘브레드와 포피 1</t>
   </si>
   <si>
     <t>매튜 코델 글, 그림┃신수진 옮김</t>
   </si>
   <si>
     <t>쥐(동물), 부엉이(동물), 겨울, 식량, 다름, 친구</t>
   </si>
   <si>
     <t>쿵쿵이와 나</t>
   </si>
   <si>
     <t>프란체스카 산나 글, 그림 | 김지은 옮김</t>
@@ -2812,54 +3025,51 @@
     <t>플레이 볼</t>
   </si>
   <si>
     <t>이현 글 | 이영환 그림</t>
   </si>
   <si>
     <t>212쪽</t>
   </si>
   <si>
     <t>야구, 경쟁, 대회, 훈련, 친구
 2018동화동무씨동무</t>
   </si>
   <si>
     <t>피터와 에르네스토는 단짝이야</t>
   </si>
   <si>
     <t>그레이엄 애너블 글, 그림 | 신형건 옮김</t>
   </si>
   <si>
     <t>보물창고</t>
   </si>
   <si>
     <t>128쪽</t>
   </si>
   <si>
-    <t>17,500원</t>
-[...2 lines deleted...]
-    <t>친구, 모험, 여행, 성장</t>
+    <t>친구, 모험, 여행, 성장, 2026목록속목록:만화</t>
   </si>
   <si>
     <t>하다와 황천행 돈가스</t>
   </si>
   <si>
     <t>김다노 글 / 홍그림 그림</t>
   </si>
   <si>
     <t>100쪽</t>
   </si>
   <si>
     <t>줄넘기, 사진기, 도전, 친구, 우정</t>
   </si>
   <si>
     <t>하이디</t>
   </si>
   <si>
     <t>요한나 슈피리 글 | 토미 웅게러 그림 | 김영진 옮김</t>
   </si>
   <si>
     <t>502쪽</t>
   </si>
   <si>
     <t>알프스, 할아버지, 양치기, 자연, 친구</t>
   </si>
@@ -2890,50 +3100,59 @@
   <si>
     <t>이영득 글 | 김동수 그림</t>
   </si>
   <si>
     <t>시골, 감자, 호박, 닭(동물), 친구</t>
   </si>
   <si>
     <t>해가 늦게 뜨는 아침</t>
   </si>
   <si>
     <t>필립 C. 스테드 글┃에린 E. 스테드 그림┃강무홍 옮김</t>
   </si>
   <si>
     <t>농장, 새벽, 동물, 친구, 노새, 젖소, 조랑말, 용기, 반복</t>
   </si>
   <si>
     <t>행복한 사자</t>
   </si>
   <si>
     <t>루이제 파쇼 글 | 로저 뒤바젱 그림 | 지혜연 옮김</t>
   </si>
   <si>
     <t>친구, 우정, 동물원, 외출, 만족, 긍정</t>
   </si>
   <si>
+    <t>허수의 정체</t>
+  </si>
+  <si>
+    <t>전수경 글｜김규아 그림</t>
+  </si>
+  <si>
+    <t>단편, 전학, 연애, 할아버지, 뇌졸증, 낚시, 친구관계, 화해, 체험학습</t>
+  </si>
+  <si>
     <t>헨리에타의 첫 겨울</t>
   </si>
   <si>
     <t>롭 로이스 글, 그림 | 정해왕 옮김</t>
   </si>
   <si>
     <t>동물, 친구, 도움, 양식, 숲, 봄</t>
   </si>
   <si>
     <t>헬리콥터 타고 세계 여행</t>
   </si>
   <si>
     <t>클레망틴 보베 글 | 안느 루케트 그림 | 김유진 옮김</t>
   </si>
   <si>
     <t>자전거, 모험, 상상, 유머, 편지, 친구, 문화</t>
   </si>
   <si>
     <t>호기심 많은 꼬마 물고기</t>
   </si>
   <si>
     <t>엘사 베스코브 글, 그림 | 김상열 옮김</t>
   </si>
   <si>
     <t>성장, 모험, 개구리, 마법, 친구, 도움</t>
@@ -2953,51 +3172,51 @@
   <si>
     <t>호주머니 속의 귀뚜라미</t>
   </si>
   <si>
     <t>레베카 커딜 글 | 에벌린 네스 그림 | 이상희 옮김</t>
   </si>
   <si>
     <t>자연, 교감, 친구, 이해, 학교, 적응</t>
   </si>
   <si>
     <t>홀짝홀짝 호로록</t>
   </si>
   <si>
     <t>손소영 글, 그림</t>
   </si>
   <si>
     <t>의성어, 의태어, 친구, 고양이, 오리, 강아지, 소동</t>
   </si>
   <si>
     <t>훈이 석이</t>
   </si>
   <si>
     <t>오시은 글 | 박정섭 그림</t>
   </si>
   <si>
-    <t>놀이, 단짝친구, 싸움, 약속</t>
+    <t>놀이, 단짝친구, 싸움, 약속, 2026목록속목록:우정</t>
   </si>
   <si>
     <t>흙이 좋아</t>
   </si>
   <si>
     <t>개똥이 글｜박소정 그림</t>
   </si>
   <si>
     <t>개똥이</t>
   </si>
   <si>
     <t>놀이, 어린이, 친구, 의성어, 의태어, 시리즈</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -3315,51 +3534,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I250"/>
+  <dimension ref="A1:I271"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="100" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -3403,7210 +3622,7819 @@
       </c>
       <c r="F2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="1">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="1">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="1" t="s">
+      <c r="I4" s="1" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="D5" s="1">
+        <v>2024</v>
+      </c>
+      <c r="E5" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="D5" s="1">
-[...2 lines deleted...]
-      <c r="E5" s="1" t="s">
+      <c r="F5" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="G5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="G5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="1" t="s">
+      <c r="I5" s="1" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" s="1">
+        <v>2014</v>
+      </c>
+      <c r="E6" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="D6" s="1">
-[...2 lines deleted...]
-      <c r="E6" s="1" t="s">
+      <c r="G6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="F6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G6" s="1" t="s">
+      <c r="I6" s="1" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="D7" s="1">
+        <v>2016</v>
+      </c>
+      <c r="E7" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="F7" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="D7" s="1">
-[...2 lines deleted...]
-      <c r="E7" s="1" t="s">
+      <c r="H7" s="1" t="s">
         <v>49</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D8" s="1">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I8" s="1" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1">
+        <v>2022</v>
+      </c>
+      <c r="E9" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="D9" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="1" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>60</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D10" s="1">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="E10" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="F10" s="1" t="s">
-[...5 lines deleted...]
-      <c r="H10" s="1" t="s">
+      <c r="I10" s="1" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" s="1">
+        <v>2020</v>
+      </c>
+      <c r="E11" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="D11" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="G11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H11" s="1" t="s">
+      <c r="I11" s="1" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" s="1">
+        <v>2009</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="D12" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="G12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D13" s="1">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>84</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="D14" s="1">
-        <v>1997</v>
+        <v>2020</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>89</v>
+        <v>69</v>
       </c>
       <c r="D15" s="1">
-        <v>2023</v>
+        <v>1997</v>
       </c>
       <c r="E15" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H15" s="1" t="s">
         <v>90</v>
-      </c>
-[...7 lines deleted...]
-        <v>55</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>93</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D16" s="1">
-        <v>2008</v>
+        <v>2023</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>95</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1">
+        <v>2008</v>
+      </c>
+      <c r="E17" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="D17" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="1" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>44</v>
+        <v>101</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D18" s="1">
-        <v>2020</v>
+        <v>1999</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D19" s="1">
         <v>2020</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>109</v>
+        <v>27</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D20" s="1">
-        <v>2000</v>
+        <v>2020</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>114</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>66</v>
+        <v>101</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1" t="s">
         <v>116</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>117</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="D21" s="1">
-        <v>2022</v>
+        <v>2000</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>122</v>
+        <v>105</v>
       </c>
       <c r="D22" s="1">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>123</v>
       </c>
       <c r="F22" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>124</v>
-      </c>
-[...7 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="D23" s="1">
+        <v>2024</v>
+      </c>
+      <c r="E23" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="F23" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="D23" s="1">
-[...2 lines deleted...]
-      <c r="E23" s="1" t="s">
+      <c r="G23" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="F23" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H23" s="1" t="s">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>133</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="D24" s="1">
-        <v>1996</v>
+        <v>2002</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>12</v>
+        <v>135</v>
       </c>
       <c r="F24" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H24" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="G24" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I24" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>34</v>
+        <v>139</v>
       </c>
       <c r="D25" s="1">
-        <v>2010</v>
+        <v>2025</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>141</v>
+        <v>118</v>
       </c>
       <c r="D26" s="1">
-        <v>2011</v>
+        <v>1996</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>142</v>
+        <v>12</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
       <c r="D27" s="1">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F27" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="G27" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="1" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D28" s="1">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>109</v>
+        <v>152</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>41</v>
+        <v>118</v>
       </c>
       <c r="D29" s="1">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>154</v>
+        <v>101</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>113</v>
+        <v>160</v>
       </c>
       <c r="D30" s="1">
         <v>2006</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>158</v>
+        <v>114</v>
       </c>
       <c r="F30" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H30" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="G30" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I30" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>162</v>
+        <v>46</v>
       </c>
       <c r="D31" s="1">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>55</v>
+        <v>164</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>166</v>
+        <v>118</v>
       </c>
       <c r="D32" s="1">
-        <v>2018</v>
+        <v>2006</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>12</v>
+        <v>168</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>64</v>
+        <v>172</v>
       </c>
       <c r="D33" s="1">
-        <v>1994</v>
+        <v>2021</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>146</v>
+        <v>12</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="1" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>64</v>
+        <v>176</v>
       </c>
       <c r="D34" s="1">
-        <v>2008</v>
+        <v>2018</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>173</v>
+        <v>12</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>177</v>
+        <v>69</v>
       </c>
       <c r="D35" s="1">
-        <v>2024</v>
+        <v>1994</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>20</v>
+        <v>156</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D36" s="1">
-        <v>2010</v>
+        <v>2025</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D37" s="1">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>187</v>
+        <v>15</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>64</v>
+        <v>192</v>
       </c>
       <c r="D38" s="1">
-        <v>2003</v>
+        <v>2024</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>142</v>
+        <v>27</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>66</v>
+        <v>29</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>34</v>
+        <v>196</v>
       </c>
       <c r="D39" s="1">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>20</v>
+        <v>197</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>194</v>
+        <v>35</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>44</v>
+        <v>101</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>89</v>
+        <v>69</v>
       </c>
       <c r="D40" s="1">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>96</v>
+        <v>202</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="D41" s="1">
-        <v>2023</v>
+        <v>2003</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>202</v>
+        <v>71</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
       <c r="D42" s="1">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>71</v>
+        <v>209</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>64</v>
+        <v>94</v>
       </c>
       <c r="D43" s="1">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>173</v>
+        <v>213</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>66</v>
+        <v>101</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="1" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>64</v>
+        <v>99</v>
       </c>
       <c r="D44" s="1">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>198</v>
+        <v>156</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>37</v>
+        <v>217</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="1" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>215</v>
+        <v>118</v>
       </c>
       <c r="D45" s="1">
-        <v>2023</v>
+        <v>2003</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>219</v>
+        <v>69</v>
       </c>
       <c r="D46" s="1">
-        <v>2021</v>
+        <v>2001</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>220</v>
+        <v>188</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>221</v>
+        <v>76</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>125</v>
+        <v>14</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>202</v>
+        <v>71</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>100</v>
+        <v>69</v>
       </c>
       <c r="D47" s="1">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>225</v>
+        <v>213</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>226</v>
+        <v>42</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1" t="s">
         <v>228</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D48" s="1">
-        <v>2004</v>
+        <v>2023</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="1" t="s">
         <v>232</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>233</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>181</v>
+        <v>234</v>
       </c>
       <c r="D49" s="1">
-        <v>2000</v>
+        <v>2021</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>28</v>
+        <v>236</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>43</v>
+        <v>130</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>37</v>
+        <v>217</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>238</v>
+        <v>105</v>
       </c>
       <c r="D50" s="1">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="E50" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="F50" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="F50" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>104</v>
+        <v>245</v>
       </c>
       <c r="D51" s="1">
-        <v>2024</v>
+        <v>2004</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>12</v>
+        <v>135</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="1" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>246</v>
+        <v>196</v>
       </c>
       <c r="D52" s="1">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>12</v>
+        <v>249</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>96</v>
+        <v>42</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="1" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D53" s="1">
-        <v>2022</v>
+        <v>2008</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>202</v>
+        <v>254</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="1" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>254</v>
+        <v>109</v>
       </c>
       <c r="D54" s="1">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="D55" s="1">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>225</v>
+        <v>12</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>259</v>
+        <v>101</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>53</v>
+        <v>265</v>
       </c>
       <c r="D56" s="1">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>173</v>
+        <v>40</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>202</v>
+        <v>217</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D57" s="1">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>267</v>
+        <v>27</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>268</v>
+        <v>42</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>76</v>
+        <v>273</v>
       </c>
       <c r="D58" s="1">
-        <v>2023</v>
+        <v>2010</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>20</v>
+        <v>240</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>34</v>
+        <v>278</v>
       </c>
       <c r="D59" s="1">
-        <v>2010</v>
+        <v>2025</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="F59" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G59" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="G59" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H59" s="1" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="1" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>280</v>
+        <v>58</v>
       </c>
       <c r="D60" s="1">
-        <v>2007</v>
+        <v>2023</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>12</v>
+        <v>188</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>96</v>
+        <v>217</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>70</v>
+        <v>286</v>
       </c>
       <c r="D61" s="1">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="1" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D62" s="1">
-        <v>2007</v>
+        <v>2023</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>289</v>
+        <v>27</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>55</v>
+        <v>292</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
       <c r="D63" s="1">
-        <v>1999</v>
+        <v>2025</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>13</v>
+        <v>236</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>43</v>
+        <v>130</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>294</v>
+        <v>217</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>298</v>
+        <v>19</v>
       </c>
       <c r="D64" s="1">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>202</v>
+        <v>42</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>34</v>
+        <v>304</v>
       </c>
       <c r="D65" s="1">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>137</v>
+        <v>12</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>81</v>
+        <v>101</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="1" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>305</v>
+        <v>75</v>
       </c>
       <c r="D66" s="1">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>35</v>
+        <v>308</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>22</v>
+        <v>309</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="1" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>230</v>
+        <v>81</v>
       </c>
       <c r="D67" s="1">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>109</v>
+        <v>313</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="1" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="D68" s="1">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="1" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="D69" s="1">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>96</v>
+        <v>217</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="D70" s="1">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>321</v>
+        <v>147</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>259</v>
+        <v>86</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="1" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="D71" s="1">
-        <v>2023</v>
+        <v>2003</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>276</v>
+        <v>40</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="H71" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I71" s="1" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="1" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>329</v>
+        <v>245</v>
       </c>
       <c r="D72" s="1">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>330</v>
+        <v>114</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>202</v>
+        <v>101</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="D73" s="1">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>96</v>
+        <v>337</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="1" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>76</v>
+        <v>341</v>
       </c>
       <c r="D74" s="1">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>55</v>
+        <v>101</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="1" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>64</v>
+        <v>345</v>
       </c>
       <c r="D75" s="1">
-        <v>2005</v>
+        <v>2025</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>173</v>
+        <v>249</v>
       </c>
       <c r="F75" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G75" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="G75" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H75" s="1" t="s">
-        <v>66</v>
+        <v>217</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="1" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>100</v>
+        <v>19</v>
       </c>
       <c r="D76" s="1">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E76" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="F76" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="F76" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G76" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>37</v>
+        <v>274</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="1" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>70</v>
+        <v>19</v>
       </c>
       <c r="D77" s="1">
-        <v>2011</v>
+        <v>2025</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>21</v>
+        <v>129</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>14</v>
+        <v>354</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="1" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>193</v>
+        <v>357</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>34</v>
+        <v>358</v>
       </c>
       <c r="D78" s="1">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>350</v>
+        <v>300</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="1" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>34</v>
+        <v>362</v>
       </c>
       <c r="D79" s="1">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>123</v>
+        <v>363</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>44</v>
+        <v>217</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="1" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="D80" s="1">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>357</v>
+        <v>20</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>124</v>
+        <v>35</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>358</v>
+        <v>21</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>359</v>
+        <v>101</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="1" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>363</v>
+        <v>81</v>
       </c>
       <c r="D81" s="1">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>202</v>
+        <v>60</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="1" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>166</v>
+        <v>69</v>
       </c>
       <c r="D82" s="1">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>146</v>
+        <v>188</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>96</v>
+        <v>71</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="1" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>370</v>
+        <v>105</v>
       </c>
       <c r="D83" s="1">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>118</v>
+        <v>40</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>96</v>
+        <v>42</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="D84" s="1">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>375</v>
+        <v>27</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="1" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="D85" s="1">
-        <v>2023</v>
+        <v>2011</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>49</v>
+        <v>383</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>379</v>
+        <v>15</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="1" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>382</v>
+        <v>208</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="D86" s="1">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>146</v>
+        <v>386</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="1" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>64</v>
+        <v>390</v>
       </c>
       <c r="D87" s="1">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>387</v>
+        <v>40</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>44</v>
+        <v>217</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="1" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="D88" s="1">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>391</v>
+        <v>128</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>96</v>
+        <v>49</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="1" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>258</v>
+        <v>118</v>
       </c>
       <c r="D89" s="1">
-        <v>2008</v>
+        <v>2020</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>20</v>
+        <v>397</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>71</v>
+        <v>129</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>14</v>
+        <v>398</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>44</v>
+        <v>399</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="1" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>64</v>
+        <v>403</v>
       </c>
       <c r="D90" s="1">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>398</v>
+        <v>135</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>15</v>
+        <v>404</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="1" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>100</v>
+        <v>408</v>
       </c>
       <c r="D91" s="1">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>402</v>
+        <v>12</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>403</v>
+        <v>217</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="1" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>407</v>
+        <v>176</v>
       </c>
       <c r="D92" s="1">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>12</v>
+        <v>156</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>408</v>
+        <v>101</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="1" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>181</v>
+        <v>415</v>
       </c>
       <c r="D93" s="1">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>412</v>
+        <v>123</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>37</v>
+        <v>101</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="1" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>34</v>
+        <v>403</v>
       </c>
       <c r="D94" s="1">
-        <v>2008</v>
+        <v>2024</v>
       </c>
       <c r="E94" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="F94" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="F94" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G94" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>403</v>
+        <v>86</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="1" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>113</v>
+        <v>99</v>
       </c>
       <c r="D95" s="1">
         <v>2023</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>419</v>
+        <v>54</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>124</v>
+        <v>35</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>125</v>
+        <v>21</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>202</v>
+        <v>423</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="1" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>70</v>
+        <v>427</v>
       </c>
       <c r="D96" s="1">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>202</v>
+        <v>42</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="1" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D97" s="1">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="1" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>76</v>
+        <v>427</v>
       </c>
       <c r="D98" s="1">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>20</v>
+        <v>435</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>37</v>
+        <v>101</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="1" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>89</v>
+        <v>273</v>
       </c>
       <c r="D99" s="1">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>433</v>
+        <v>27</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>403</v>
+        <v>49</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="1" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>437</v>
+        <v>69</v>
       </c>
       <c r="D100" s="1">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>12</v>
+        <v>442</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="1" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>166</v>
+        <v>105</v>
       </c>
       <c r="D101" s="1">
-        <v>2016</v>
+        <v>2001</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>37</v>
+        <v>447</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="1" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="D102" s="1">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>446</v>
+        <v>12</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>44</v>
+        <v>452</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="1" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>450</v>
+        <v>196</v>
       </c>
       <c r="D103" s="1">
-        <v>2023</v>
+        <v>2010</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>124</v>
+        <v>35</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="1" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>455</v>
+        <v>19</v>
       </c>
       <c r="D104" s="1">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>37</v>
+        <v>447</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="1" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="D105" s="1">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>21</v>
+        <v>129</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>358</v>
+        <v>130</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>37</v>
+        <v>217</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="1" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>463</v>
+        <v>75</v>
       </c>
       <c r="D106" s="1">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>20</v>
+        <v>188</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>259</v>
+        <v>217</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="1" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D107" s="1">
-        <v>1994</v>
+        <v>2016</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>12</v>
+        <v>470</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="1" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>166</v>
+        <v>81</v>
       </c>
       <c r="D108" s="1">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>220</v>
+        <v>27</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>358</v>
+        <v>14</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>470</v>
+        <v>42</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="1" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>325</v>
+        <v>94</v>
       </c>
       <c r="D109" s="1">
-        <v>2014</v>
+        <v>2005</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>20</v>
+        <v>477</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>96</v>
+        <v>447</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="1" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>94</v>
+        <v>481</v>
       </c>
       <c r="D110" s="1">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>459</v>
+        <v>12</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>477</v>
+        <v>42</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="1" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>89</v>
+        <v>176</v>
       </c>
       <c r="D111" s="1">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>96</v>
+        <v>42</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="1" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>76</v>
+        <v>489</v>
       </c>
       <c r="D112" s="1">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>486</v>
+        <v>49</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="1" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>64</v>
+        <v>494</v>
       </c>
       <c r="D113" s="1">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>28</v>
+        <v>129</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="1" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>177</v>
+        <v>499</v>
       </c>
       <c r="D114" s="1">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>146</v>
+        <v>27</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>202</v>
+        <v>42</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="1" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>150</v>
+        <v>503</v>
       </c>
       <c r="D115" s="1">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>36</v>
+        <v>236</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>14</v>
+        <v>130</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="1" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>500</v>
+        <v>105</v>
       </c>
       <c r="D116" s="1">
-        <v>2001</v>
+        <v>2018</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>12</v>
+        <v>507</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>14</v>
+        <v>398</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="1" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>370</v>
+        <v>511</v>
       </c>
       <c r="D117" s="1">
-        <v>2020</v>
+        <v>2009</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>37</v>
+        <v>274</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" s="1" t="s">
-        <v>505</v>
+        <v>513</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>507</v>
+        <v>69</v>
       </c>
       <c r="D118" s="1">
-        <v>2021</v>
+        <v>1994</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" s="1" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>64</v>
+        <v>176</v>
       </c>
       <c r="D119" s="1">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>511</v>
+        <v>235</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>43</v>
+        <v>398</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>272</v>
+        <v>518</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" s="1" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>515</v>
+        <v>358</v>
       </c>
       <c r="D120" s="1">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>66</v>
+        <v>101</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="1" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="D121" s="1">
-        <v>2005</v>
+        <v>2023</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>12</v>
+        <v>507</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>37</v>
+        <v>525</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="1" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>500</v>
+        <v>94</v>
       </c>
       <c r="D122" s="1">
-        <v>2003</v>
+        <v>2017</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>12</v>
+        <v>529</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>55</v>
+        <v>101</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>522</v>
+        <v>530</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="1" t="s">
-        <v>523</v>
+        <v>531</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>524</v>
+        <v>532</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="D123" s="1">
-        <v>2019</v>
+        <v>1999</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>202</v>
+        <v>534</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>526</v>
+        <v>535</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" s="1" t="s">
-        <v>527</v>
+        <v>536</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>528</v>
+        <v>537</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>141</v>
+        <v>69</v>
       </c>
       <c r="D124" s="1">
-        <v>1995</v>
+        <v>2019</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>12</v>
+        <v>538</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>529</v>
+        <v>29</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>530</v>
+        <v>539</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="1" t="s">
-        <v>531</v>
+        <v>540</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>532</v>
+        <v>541</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>533</v>
+        <v>192</v>
       </c>
       <c r="D125" s="1">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>49</v>
+        <v>156</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>96</v>
+        <v>217</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>534</v>
+        <v>542</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="1" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>537</v>
+        <v>160</v>
       </c>
       <c r="D126" s="1">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>259</v>
+        <v>60</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" s="1" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>34</v>
+        <v>548</v>
       </c>
       <c r="D127" s="1">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>522</v>
+        <v>549</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" s="1" t="s">
-        <v>541</v>
+        <v>550</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>542</v>
+        <v>551</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>70</v>
+        <v>415</v>
       </c>
       <c r="D128" s="1">
-        <v>1996</v>
+        <v>2020</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>543</v>
+        <v>12</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>194</v>
+        <v>76</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" s="1" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>546</v>
+        <v>554</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="D129" s="1">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>225</v>
+        <v>27</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>547</v>
+        <v>555</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" s="1" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="D130" s="1">
-        <v>1990</v>
+        <v>2019</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>312</v>
+        <v>558</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>550</v>
+        <v>292</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" s="1" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>553</v>
+        <v>561</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
       <c r="D131" s="1">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>555</v>
+        <v>563</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" s="1" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>70</v>
+        <v>105</v>
       </c>
       <c r="D132" s="1">
-        <v>2021</v>
+        <v>2005</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="1" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>100</v>
+        <v>548</v>
       </c>
       <c r="D133" s="1">
-        <v>2013</v>
+        <v>2003</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>477</v>
+        <v>60</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="1" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>563</v>
+        <v>571</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>100</v>
+        <v>69</v>
       </c>
       <c r="D134" s="1">
-        <v>2004</v>
+        <v>2019</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>96</v>
+        <v>217</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" s="1" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>567</v>
+        <v>575</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>108</v>
+        <v>151</v>
       </c>
       <c r="D135" s="1">
-        <v>2024</v>
+        <v>1995</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>124</v>
+        <v>76</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>125</v>
+        <v>14</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>294</v>
+        <v>576</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>568</v>
+        <v>577</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="1" t="s">
-        <v>569</v>
+        <v>578</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>570</v>
+        <v>579</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>76</v>
+        <v>580</v>
       </c>
       <c r="D136" s="1">
-        <v>2022</v>
+        <v>2008</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>158</v>
+        <v>54</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>55</v>
+        <v>101</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="1" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>64</v>
+        <v>584</v>
       </c>
       <c r="D137" s="1">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>574</v>
+        <v>279</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>43</v>
+        <v>398</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>15</v>
+        <v>292</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>575</v>
+        <v>585</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="1" t="s">
-        <v>576</v>
+        <v>586</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>577</v>
+        <v>587</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>64</v>
+        <v>99</v>
       </c>
       <c r="D138" s="1">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>578</v>
+        <v>147</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>579</v>
+        <v>588</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="1" t="s">
-        <v>580</v>
+        <v>589</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>581</v>
+        <v>590</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>582</v>
+        <v>591</v>
       </c>
       <c r="D139" s="1">
-        <v>2025</v>
+        <v>2014</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>426</v>
+        <v>12</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>60</v>
+        <v>274</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="1" t="s">
-        <v>584</v>
+        <v>593</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>585</v>
+        <v>594</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="D140" s="1">
-        <v>2014</v>
+        <v>2003</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>586</v>
+        <v>27</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>587</v>
+        <v>569</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="1" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>590</v>
+        <v>75</v>
       </c>
       <c r="D141" s="1">
-        <v>2019</v>
+        <v>1996</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>12</v>
+        <v>597</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>21</v>
+        <v>209</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>239</v>
+        <v>42</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="1" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>100</v>
+        <v>19</v>
       </c>
       <c r="D142" s="1">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>220</v>
+        <v>240</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>226</v>
+        <v>42</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" s="1" t="s">
-        <v>80</v>
+        <v>602</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>596</v>
+        <v>19</v>
       </c>
       <c r="D143" s="1">
-        <v>2019</v>
+        <v>1990</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>441</v>
+        <v>336</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>37</v>
+        <v>604</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" s="1" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="D144" s="1">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>221</v>
+        <v>13</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>125</v>
+        <v>14</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" s="1" t="s">
-        <v>602</v>
+        <v>610</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>500</v>
+        <v>75</v>
       </c>
       <c r="D145" s="1">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>426</v>
+        <v>300</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>202</v>
+        <v>60</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" s="1" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>606</v>
+        <v>614</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="D146" s="1">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>607</v>
+        <v>27</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>239</v>
+        <v>525</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="1" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>64</v>
+        <v>105</v>
       </c>
       <c r="D147" s="1">
-        <v>1998</v>
+        <v>2004</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>20</v>
+        <v>279</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="1" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>614</v>
+        <v>113</v>
       </c>
       <c r="D148" s="1">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>146</v>
+        <v>47</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>71</v>
+        <v>129</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>14</v>
+        <v>130</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>55</v>
+        <v>318</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="1" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>618</v>
+        <v>81</v>
       </c>
       <c r="D149" s="1">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>375</v>
+        <v>168</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="1" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D150" s="1">
-        <v>1997</v>
+        <v>2018</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>426</v>
+        <v>627</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H150" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="1" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>500</v>
+        <v>69</v>
       </c>
       <c r="D151" s="1">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>158</v>
+        <v>631</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>194</v>
+        <v>35</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>403</v>
+        <v>49</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="1" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>41</v>
+        <v>379</v>
       </c>
       <c r="D152" s="1">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>628</v>
+        <v>470</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="1" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>632</v>
+        <v>53</v>
       </c>
       <c r="D153" s="1">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>96</v>
+        <v>42</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="1" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>595</v>
+        <v>641</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>596</v>
+        <v>642</v>
       </c>
       <c r="D154" s="1">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>441</v>
+        <v>12</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>37</v>
+        <v>254</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" s="1" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>64</v>
+        <v>105</v>
       </c>
       <c r="D155" s="1">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>12</v>
+        <v>235</v>
       </c>
       <c r="F155" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G155" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="G155" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H155" s="1" t="s">
-        <v>55</v>
+        <v>241</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" s="1" t="s">
-        <v>640</v>
+        <v>85</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="D156" s="1">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="E156" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="F156" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="F156" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G156" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>202</v>
+        <v>42</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" s="1" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>113</v>
+        <v>652</v>
       </c>
       <c r="D157" s="1">
-        <v>2000</v>
+        <v>2023</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>54</v>
+        <v>135</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>36</v>
+        <v>236</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>14</v>
+        <v>130</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>646</v>
+        <v>60</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" s="1" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>48</v>
+        <v>548</v>
       </c>
       <c r="D158" s="1">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>35</v>
+        <v>470</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>37</v>
+        <v>217</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" s="1" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>653</v>
+        <v>105</v>
       </c>
       <c r="D159" s="1">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>607</v>
+        <v>659</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>654</v>
+        <v>254</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" s="1" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="D160" s="1">
-        <v>2017</v>
+        <v>1998</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>118</v>
+        <v>27</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H160" s="1" t="s">
-        <v>379</v>
+        <v>101</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" s="1" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>250</v>
+        <v>666</v>
       </c>
       <c r="D161" s="1">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" s="1" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="D162" s="1">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>665</v>
+        <v>419</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>124</v>
+        <v>35</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>470</v>
+        <v>15</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" s="1" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D163" s="1">
-        <v>2018</v>
+        <v>1997</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>669</v>
+        <v>470</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" s="1" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>673</v>
+        <v>548</v>
       </c>
       <c r="D164" s="1">
-        <v>2024</v>
+        <v>2013</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>674</v>
+        <v>168</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>28</v>
+        <v>209</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H164" s="1" t="s">
-        <v>15</v>
+        <v>447</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="1" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>678</v>
+        <v>46</v>
       </c>
       <c r="D165" s="1">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>441</v>
+        <v>680</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>239</v>
+        <v>60</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="1" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>113</v>
+        <v>684</v>
       </c>
       <c r="D166" s="1">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>402</v>
+        <v>140</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>37</v>
+        <v>101</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" s="1" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>684</v>
+        <v>647</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>685</v>
+        <v>648</v>
       </c>
       <c r="D167" s="1">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>686</v>
+        <v>485</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>221</v>
+        <v>35</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>125</v>
+        <v>48</v>
       </c>
       <c r="H167" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I167" s="1" t="s">
         <v>687</v>
-      </c>
-[...1 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="B168" s="1" t="s">
         <v>689</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="C168" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D168" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E168" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H168" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I168" s="1" t="s">
         <v>690</v>
-      </c>
-[...19 lines deleted...]
-        <v>692</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="C169" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="B169" s="1" t="s">
+      <c r="D169" s="1">
+        <v>2024</v>
+      </c>
+      <c r="E169" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H169" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="I169" s="1" t="s">
         <v>694</v>
-      </c>
-[...19 lines deleted...]
-        <v>695</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B170" s="1" t="s">
         <v>696</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="C170" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D170" s="1">
+        <v>2000</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H170" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="C170" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G170" s="1" t="s">
+      <c r="I170" s="1" t="s">
         <v>698</v>
-      </c>
-[...4 lines deleted...]
-        <v>699</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B171" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="C171" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D171" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E171" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H171" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I171" s="1" t="s">
         <v>701</v>
-      </c>
-[...19 lines deleted...]
-        <v>704</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" s="1" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>122</v>
+        <v>704</v>
       </c>
       <c r="D172" s="1">
         <v>2022</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>707</v>
+        <v>659</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H172" s="1" t="s">
-        <v>96</v>
+        <v>705</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D173" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E173" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H173" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="I173" s="1" t="s">
         <v>709</v>
-      </c>
-[...22 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" s="1" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>715</v>
+        <v>265</v>
       </c>
       <c r="D174" s="1">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>35</v>
+        <v>156</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" s="1" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="D175" s="1">
         <v>2024</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>234</v>
+        <v>716</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>13</v>
+        <v>129</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>698</v>
+        <v>48</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>30</v>
+        <v>518</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D176" s="1">
+        <v>2018</v>
+      </c>
+      <c r="E176" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H176" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I176" s="1" t="s">
         <v>721</v>
-      </c>
-[...22 lines deleted...]
-        <v>723</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="C177" s="1" t="s">
         <v>724</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="D177" s="1">
+        <v>2024</v>
+      </c>
+      <c r="E177" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="C177" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F177" s="1" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H177" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="C178" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="D178" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E178" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H178" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="I178" s="1" t="s">
         <v>730</v>
-      </c>
-[...19 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D179" s="1">
+        <v>2003</v>
+      </c>
+      <c r="E179" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H179" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I179" s="1" t="s">
         <v>733</v>
-      </c>
-[...22 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="C180" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="D180" s="1">
+        <v>2024</v>
+      </c>
+      <c r="E180" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="C180" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F180" s="1" t="s">
-        <v>13</v>
+        <v>236</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>29</v>
+        <v>130</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>15</v>
+        <v>738</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>113</v>
+        <v>81</v>
       </c>
       <c r="D181" s="1">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>35</v>
+        <v>742</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>96</v>
+        <v>49</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" s="1" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>34</v>
+        <v>499</v>
       </c>
       <c r="D182" s="1">
-        <v>2006</v>
+        <v>2022</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>744</v>
+        <v>156</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>13</v>
+        <v>209</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>408</v>
+        <v>42</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>748</v>
+        <v>19</v>
       </c>
       <c r="D183" s="1">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="E183" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="H183" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="I183" s="1" t="s">
         <v>749</v>
-      </c>
-[...10 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="B184" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="C184" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="D184" s="1">
+        <v>2025</v>
+      </c>
+      <c r="E184" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H184" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="I184" s="1" t="s">
         <v>752</v>
-      </c>
-[...19 lines deleted...]
-        <v>754</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="C185" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="D185" s="1">
+        <v>2000</v>
+      </c>
+      <c r="E185" s="1" t="s">
         <v>756</v>
       </c>
-      <c r="C185" s="1" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="F185" s="1" t="s">
-        <v>221</v>
+        <v>28</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>125</v>
+        <v>14</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>15</v>
+        <v>534</v>
       </c>
       <c r="I185" s="1" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="1" t="s">
         <v>758</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>759</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>533</v>
+        <v>196</v>
       </c>
       <c r="D186" s="1">
-        <v>1994</v>
+        <v>2025</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>202</v>
+        <v>15</v>
       </c>
       <c r="I186" s="1" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" s="1" t="s">
         <v>761</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>762</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>34</v>
+        <v>127</v>
       </c>
       <c r="D187" s="1">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>20</v>
+        <v>763</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>37</v>
+        <v>101</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>507</v>
+        <v>767</v>
       </c>
       <c r="D188" s="1">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H188" s="1" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="1" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="D189" s="1">
-        <v>2007</v>
+        <v>2019</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>403</v>
+        <v>42</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="1" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="D190" s="1">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>774</v>
+        <v>249</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>775</v>
+        <v>36</v>
       </c>
       <c r="I190" s="1" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="1" t="s">
         <v>777</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>778</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="D191" s="1">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>12</v>
+        <v>659</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>44</v>
+        <v>217</v>
       </c>
       <c r="I191" s="1" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" s="1" t="s">
         <v>780</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>781</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>782</v>
       </c>
       <c r="D192" s="1">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>783</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" s="1" t="s">
         <v>785</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>786</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>507</v>
+        <v>105</v>
       </c>
       <c r="D193" s="1">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>12</v>
+        <v>787</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>113</v>
+        <v>729</v>
       </c>
       <c r="D194" s="1">
-        <v>2004</v>
+        <v>2022</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>790</v>
+        <v>123</v>
       </c>
       <c r="F194" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G194" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="G194" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H194" s="1" t="s">
-        <v>486</v>
+        <v>15</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" s="1" t="s">
         <v>792</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>793</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>181</v>
+        <v>118</v>
       </c>
       <c r="D195" s="1">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>202</v>
+        <v>101</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>794</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" s="1" t="s">
         <v>795</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>796</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="D196" s="1">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>12</v>
+        <v>797</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>66</v>
+        <v>452</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>41</v>
+        <v>801</v>
       </c>
       <c r="D197" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>12</v>
+        <v>802</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>14</v>
+        <v>398</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>15</v>
+        <v>292</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" s="1" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="D198" s="1">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>44</v>
+        <v>217</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" s="1" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="D199" s="1"/>
       <c r="E199" s="1" t="s">
-        <v>707</v>
+        <v>287</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>13</v>
+        <v>236</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>29</v>
+        <v>130</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>379</v>
+        <v>15</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" s="1" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>230</v>
+        <v>580</v>
       </c>
       <c r="D200" s="1">
-        <v>2007</v>
+        <v>1994</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>810</v>
+        <v>27</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>259</v>
+        <v>217</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" s="1" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
       <c r="D201" s="1">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>173</v>
+        <v>27</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" s="1" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="D202" s="1">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>426</v>
+        <v>27</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>259</v>
+        <v>15</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" s="1" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>100</v>
+        <v>822</v>
       </c>
       <c r="D203" s="1">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>146</v>
+        <v>59</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>15</v>
+        <v>447</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" s="1" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>41</v>
+        <v>826</v>
       </c>
       <c r="D204" s="1">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>43</v>
+        <v>398</v>
       </c>
       <c r="H204" s="1" t="s">
-        <v>37</v>
+        <v>828</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" s="1" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>34</v>
+        <v>408</v>
       </c>
       <c r="D205" s="1">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" s="1" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>113</v>
+        <v>139</v>
       </c>
       <c r="D206" s="1">
-        <v>2008</v>
+        <v>2018</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>727</v>
+        <v>353</v>
       </c>
       <c r="F206" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G206" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="G206" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H206" s="1" t="s">
-        <v>259</v>
+        <v>101</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" s="1" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
       <c r="D207" s="1">
-        <v>2006</v>
+        <v>2020</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>833</v>
+        <v>12</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>96</v>
+        <v>15</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="1" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>181</v>
+        <v>118</v>
       </c>
       <c r="D208" s="1">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>130</v>
+        <v>841</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>44</v>
+        <v>534</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="1" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>839</v>
+        <v>844</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>34</v>
+        <v>196</v>
       </c>
       <c r="D209" s="1">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>840</v>
+        <v>27</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>37</v>
+        <v>217</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>76</v>
+        <v>684</v>
       </c>
       <c r="D210" s="1">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>391</v>
+        <v>12</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>66</v>
+        <v>217</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="1" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D211" s="1">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>486</v>
+        <v>71</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="1" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>437</v>
+        <v>46</v>
       </c>
       <c r="D212" s="1">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" s="1" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="D213" s="1">
-        <v>2021</v>
+        <v>2003</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>674</v>
+        <v>857</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>408</v>
+        <v>49</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" s="1" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>445</v>
+        <v>99</v>
       </c>
       <c r="D214" s="1">
         <v>2006</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>856</v>
+        <v>763</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>96</v>
+        <v>423</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" s="1" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>590</v>
+        <v>245</v>
       </c>
       <c r="D215" s="1">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>124</v>
+        <v>35</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>861</v>
+        <v>274</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" s="1" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>865</v>
+        <v>46</v>
       </c>
       <c r="D216" s="1">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>96</v>
+        <v>217</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" s="1" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>537</v>
+        <v>118</v>
       </c>
       <c r="D217" s="1">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>109</v>
+        <v>188</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>379</v>
+        <v>60</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" s="1" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>177</v>
+        <v>69</v>
       </c>
       <c r="D218" s="1">
         <v>2018</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>790</v>
+        <v>470</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>37</v>
+        <v>274</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" s="1" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="D219" s="1">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>481</v>
+        <v>156</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>408</v>
+        <v>15</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" s="1" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>64</v>
+        <v>278</v>
       </c>
       <c r="D220" s="1">
-        <v>2006</v>
+        <v>2025</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>146</v>
+        <v>507</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>15</v>
+        <v>217</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" s="1" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>881</v>
+        <v>46</v>
       </c>
       <c r="D221" s="1">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>12</v>
+        <v>883</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" s="1" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="D222" s="1">
-        <v>2024</v>
+        <v>2006</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>790</v>
+        <v>27</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" s="1" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>507</v>
+        <v>118</v>
       </c>
       <c r="D223" s="1">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>20</v>
+        <v>783</v>
       </c>
       <c r="F223" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G223" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="G223" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H223" s="1" t="s">
-        <v>202</v>
+        <v>274</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" s="1" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>64</v>
+        <v>118</v>
       </c>
       <c r="D224" s="1">
-        <v>2018</v>
+        <v>2006</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>12</v>
+        <v>893</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>15</v>
+        <v>101</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" s="1" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>64</v>
+        <v>196</v>
       </c>
       <c r="D225" s="1">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>173</v>
+        <v>135</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>202</v>
+        <v>49</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" s="1" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>865</v>
+        <v>46</v>
       </c>
       <c r="D226" s="1">
-        <v>2008</v>
+        <v>2025</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>20</v>
+        <v>900</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>14</v>
+        <v>398</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>96</v>
+        <v>901</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" s="1" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>900</v>
+        <v>19</v>
       </c>
       <c r="D227" s="1">
-        <v>2022</v>
+        <v>2006</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>289</v>
+        <v>905</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>194</v>
+        <v>35</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>96</v>
+        <v>42</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" s="1" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>329</v>
+        <v>81</v>
       </c>
       <c r="D228" s="1">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>607</v>
+        <v>435</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>202</v>
+        <v>71</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" s="1" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>113</v>
+        <v>580</v>
       </c>
       <c r="D229" s="1">
-        <v>2004</v>
+        <v>2025</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" s="1" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>910</v>
+        <v>69</v>
       </c>
       <c r="D230" s="1">
-        <v>2003</v>
+        <v>2009</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>96</v>
+        <v>534</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" s="1" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>329</v>
+        <v>481</v>
       </c>
       <c r="D231" s="1">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>202</v>
+        <v>42</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" s="1" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="D232" s="1">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>12</v>
+        <v>725</v>
       </c>
       <c r="F232" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G232" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="G232" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H232" s="1" t="s">
-        <v>259</v>
+        <v>452</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" s="1" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>113</v>
+        <v>489</v>
       </c>
       <c r="D233" s="1">
-        <v>2024</v>
+        <v>2006</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>920</v>
+        <v>184</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>202</v>
+        <v>101</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" s="1" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>924</v>
+        <v>642</v>
       </c>
       <c r="D234" s="1">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>21</v>
+        <v>129</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>358</v>
+        <v>48</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" s="1" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>215</v>
+        <v>932</v>
       </c>
       <c r="D235" s="1">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>930</v>
+        <v>27</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>66</v>
+        <v>101</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" s="1" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>64</v>
+        <v>591</v>
       </c>
       <c r="D236" s="1">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>934</v>
+        <v>114</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>60</v>
+        <v>423</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" s="1" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>596</v>
+        <v>192</v>
       </c>
       <c r="D237" s="1">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>12</v>
+        <v>841</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H237" s="1" t="s">
-        <v>96</v>
+        <v>42</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>150</v>
+        <v>19</v>
       </c>
       <c r="D238" s="1">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>941</v>
+        <v>529</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>55</v>
+        <v>452</v>
       </c>
       <c r="I238" s="1" t="s">
         <v>942</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" s="1" t="s">
         <v>943</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>944</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D239" s="1">
         <v>2006</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>426</v>
+        <v>156</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="I239" s="1" t="s">
         <v>945</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" s="1" t="s">
         <v>946</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>947</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>41</v>
+        <v>99</v>
       </c>
       <c r="D240" s="1">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>20</v>
+        <v>948</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>202</v>
+        <v>42</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>64</v>
+        <v>952</v>
       </c>
       <c r="D241" s="1">
-        <v>1997</v>
+        <v>2022</v>
       </c>
       <c r="E241" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G241" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" s="1" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>113</v>
+        <v>53</v>
       </c>
       <c r="D242" s="1">
-        <v>1996</v>
+        <v>2024</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>12</v>
+        <v>841</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" s="1" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>150</v>
+        <v>19</v>
       </c>
       <c r="D243" s="1">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>37</v>
+        <v>217</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" s="1" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D244" s="1">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>146</v>
+        <v>12</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" s="1" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>963</v>
+        <v>69</v>
       </c>
       <c r="D245" s="1">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>146</v>
+        <v>188</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G245" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>37</v>
+        <v>217</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" s="1" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>100</v>
+        <v>932</v>
       </c>
       <c r="D246" s="1">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G246" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>379</v>
+        <v>101</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" s="1" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>34</v>
+        <v>971</v>
       </c>
       <c r="D247" s="1">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>607</v>
+        <v>313</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>71</v>
+        <v>209</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>202</v>
+        <v>101</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" s="1" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>94</v>
+        <v>362</v>
       </c>
       <c r="D248" s="1">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>633</v>
+        <v>659</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>96</v>
+        <v>217</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" s="1" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>976</v>
+        <v>118</v>
       </c>
       <c r="D249" s="1">
-        <v>2021</v>
+        <v>2004</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>146</v>
+        <v>12</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
       <c r="G249" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H249" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
     </row>
     <row r="250" spans="1:9">
-      <c r="A250" s="1"/>
-[...7 lines deleted...]
-      <c r="I250" s="1"/>
+      <c r="A250" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D250" s="1">
+        <v>2003</v>
+      </c>
+      <c r="E250" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F250" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H250" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="I250" s="1" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="251" spans="1:9">
+      <c r="A251" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="D251" s="1">
+        <v>2015</v>
+      </c>
+      <c r="E251" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="F251" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H251" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="I251" s="1" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="252" spans="1:9">
+      <c r="A252" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D252" s="1">
+        <v>2009</v>
+      </c>
+      <c r="E252" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H252" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="I252" s="1" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="253" spans="1:9">
+      <c r="A253" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D253" s="1">
+        <v>2024</v>
+      </c>
+      <c r="E253" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="F253" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H253" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="I253" s="1" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="254" spans="1:9">
+      <c r="A254" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="D254" s="1">
+        <v>2020</v>
+      </c>
+      <c r="E254" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="F254" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="H254" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="I254" s="1" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="255" spans="1:9">
+      <c r="A255" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D255" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E255" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F255" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H255" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="I255" s="1" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="256" spans="1:9">
+      <c r="A256" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D256" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E256" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H256" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="I256" s="1" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="257" spans="1:9">
+      <c r="A257" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="D257" s="1">
+        <v>2015</v>
+      </c>
+      <c r="E257" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F257" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H257" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="I257" s="1" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="258" spans="1:9">
+      <c r="A258" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C258" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D258" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E258" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F258" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H258" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="I258" s="1" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="259" spans="1:9">
+      <c r="A259" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D259" s="1">
+        <v>2006</v>
+      </c>
+      <c r="E259" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="F259" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H259" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I259" s="1" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="260" spans="1:9">
+      <c r="A260" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D260" s="1">
+        <v>2024</v>
+      </c>
+      <c r="E260" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="F260" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H260" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="I260" s="1" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="261" spans="1:9">
+      <c r="A261" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D261" s="1">
+        <v>1997</v>
+      </c>
+      <c r="E261" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F261" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H261" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="I261" s="1" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="262" spans="1:9">
+      <c r="A262" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D262" s="1">
+        <v>2025</v>
+      </c>
+      <c r="E262" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="F262" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H262" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I262" s="1" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="263" spans="1:9">
+      <c r="A263" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D263" s="1">
+        <v>1996</v>
+      </c>
+      <c r="E263" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F263" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H263" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I263" s="1" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="264" spans="1:9">
+      <c r="A264" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D264" s="1">
+        <v>2016</v>
+      </c>
+      <c r="E264" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F264" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H264" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I264" s="1" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="265" spans="1:9">
+      <c r="A265" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D265" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E265" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="F265" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H265" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="I265" s="1" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="266" spans="1:9">
+      <c r="A266" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D266" s="1">
+        <v>2010</v>
+      </c>
+      <c r="E266" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="F266" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H266" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="I266" s="1" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="267" spans="1:9">
+      <c r="A267" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D267" s="1">
+        <v>2005</v>
+      </c>
+      <c r="E267" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="F267" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H267" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="I267" s="1" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="268" spans="1:9">
+      <c r="A268" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D268" s="1">
+        <v>2024</v>
+      </c>
+      <c r="E268" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="F268" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H268" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="I268" s="1" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="269" spans="1:9">
+      <c r="A269" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D269" s="1">
+        <v>2010</v>
+      </c>
+      <c r="E269" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="F269" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H269" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="I269" s="1" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="270" spans="1:9">
+      <c r="A270" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D270" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E270" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="F270" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I270" s="1" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="271" spans="1:9">
+      <c r="A271" s="1"/>
+      <c r="B271" s="1"/>
+      <c r="C271" s="1"/>
+      <c r="D271" s="1"/>
+      <c r="E271" s="1"/>
+      <c r="F271" s="1"/>
+      <c r="G271" s="1"/>
+      <c r="H271" s="1"/>
+      <c r="I271" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>