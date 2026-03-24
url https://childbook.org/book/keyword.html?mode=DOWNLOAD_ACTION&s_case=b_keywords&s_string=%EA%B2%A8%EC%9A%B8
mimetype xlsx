--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="검색결과" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="250">
   <si>
     <t>책이름</t>
   </si>
   <si>
     <t>지은이</t>
   </si>
   <si>
     <t>출판사</t>
   </si>
   <si>
     <t>출판년도</t>
   </si>
   <si>
     <t>쪽수</t>
   </si>
   <si>
     <t>연령</t>
   </si>
   <si>
     <t>갈래</t>
   </si>
   <si>
     <t>가격</t>
   </si>
   <si>
@@ -203,50 +203,62 @@
   <si>
     <t>후지와라 카즈에 글｜하타 코시로 그림｜김정화 옮김</t>
   </si>
   <si>
     <t>미래엔아이세움</t>
   </si>
   <si>
     <t>11,000원</t>
   </si>
   <si>
     <t>겨울, 성장, 형제, 도움</t>
   </si>
   <si>
     <t>눈 오는 날</t>
   </si>
   <si>
     <t>에즈라 잭 키츠 글, 그림｜김소희 옮김</t>
   </si>
   <si>
     <t>3세부터</t>
   </si>
   <si>
     <t>겨울, 놀이</t>
   </si>
   <si>
+    <t>눈사람 만들기 공식</t>
+  </si>
+  <si>
+    <t>정승</t>
+  </si>
+  <si>
+    <t>사계절</t>
+  </si>
+  <si>
+    <t>계절, 겨울, 할머니, 도토리, 눈사람</t>
+  </si>
+  <si>
     <t>눈사람 아저씨</t>
   </si>
   <si>
     <t>레이먼드 브릭스 그림</t>
   </si>
   <si>
     <t>18,000원</t>
   </si>
   <si>
     <t>상상, 놀이, 겨울, 글없는그림책</t>
   </si>
   <si>
     <t>눈사람은 눈사람</t>
   </si>
   <si>
     <t>곰민정 글, 그림</t>
   </si>
   <si>
     <t>우리학교</t>
   </si>
   <si>
     <t>16,800원</t>
   </si>
   <si>
     <t>말놀이, 겨울, 할머니, 동물, 강아지, 단어</t>
@@ -263,98 +275,110 @@
   <si>
     <t>96쪽</t>
   </si>
   <si>
     <t>겨울,친구,관계,소통,놀이,우정</t>
   </si>
   <si>
     <t>눈투성이 아기곰</t>
   </si>
   <si>
     <t>마틴 워델 글｜사라 팍스 데이비스 그림｜이혜선 옮김</t>
   </si>
   <si>
     <t>행복한아이들</t>
   </si>
   <si>
     <t>겨울, 놀이, 시치미, 장난, 엄마</t>
   </si>
   <si>
     <t>두더지의 고민</t>
   </si>
   <si>
     <t>김상근 글, 그림</t>
   </si>
   <si>
-    <t>사계절</t>
-[...1 lines deleted...]
-  <si>
     <t>겨울, 눈(날씨), 놀이, 친구</t>
   </si>
   <si>
     <t>마르게리트 할머니의 크리스마스</t>
   </si>
   <si>
     <t>인디아 데자르댕 글 ｜ 파스칼 블랑셰 그림 ｜ 이정주 옮김</t>
   </si>
   <si>
     <t>시공주니어</t>
   </si>
   <si>
     <t>72쪽</t>
   </si>
   <si>
     <t>죽음, 겨울, 손님, 두려움, 극복, 행복</t>
   </si>
   <si>
     <t>만년샤쓰</t>
   </si>
   <si>
     <t>방정환 글｜김세현 그림｜장정희 해설</t>
   </si>
   <si>
     <t>길벗어린이</t>
   </si>
   <si>
     <t>56쪽</t>
   </si>
   <si>
     <t>9세부터</t>
   </si>
   <si>
     <t>옷, 가난,  학교, 긍정, 나눔, 겨울, 동화원작</t>
   </si>
   <si>
     <t>모두 행복한 날</t>
   </si>
   <si>
     <t>루스 크라우스 글｜마르크 시몽 그림｜고진하 옮김</t>
   </si>
   <si>
     <t>곰(동물), 겨울(계절), 봄(계절), 꽃, 향기</t>
   </si>
   <si>
+    <t>모자 쓰는 날</t>
+  </si>
+  <si>
+    <t>이승범 글, 그림</t>
+  </si>
+  <si>
+    <t>북극곰</t>
+  </si>
+  <si>
+    <t>14,500원</t>
+  </si>
+  <si>
+    <t>겨울, 눈(날씨), 놀이, 숫자, 모자, 보드북</t>
+  </si>
+  <si>
     <t>미술관에서 만난 전쟁사</t>
   </si>
   <si>
     <t>이현우 글</t>
   </si>
   <si>
     <t>어바웃어북</t>
   </si>
   <si>
     <t>328쪽</t>
   </si>
   <si>
     <t>역사</t>
   </si>
   <si>
     <t>세계사, 갑옷, 용병, 겨울전쟁, 38선, 잔다르크</t>
   </si>
   <si>
     <t>발자국을 따라가 볼까요?</t>
   </si>
   <si>
     <t>제르다 뮐러 글, 그림｜한소원 옮김</t>
   </si>
   <si>
     <t>파랑새</t>
@@ -380,51 +404,51 @@
   <si>
     <t>국민서관</t>
   </si>
   <si>
     <t>느림, 계절, 친구, 놀이, 거북이, 달팽이, 변화, 겨울</t>
   </si>
   <si>
     <t>봄이 오면</t>
   </si>
   <si>
     <t>박경진 글, 그림</t>
   </si>
   <si>
     <t>9,500원</t>
   </si>
   <si>
     <t>여우, 곰(동물), 친구, 겨울, 눈(날씨), 놀이, 기다림</t>
   </si>
   <si>
     <t>부엉이와 보름달</t>
   </si>
   <si>
     <t>제인 욜런 글｜존 쇤헤르 그림｜박향주 옮김</t>
   </si>
   <si>
-    <t>아빠, 숲, 겨울, 소망, 고요, 밤(때), 메아리</t>
+    <t>아빠, 숲, 겨울, 소망, 고요, 밤(때), 메아리, 2026목록속목록:우정</t>
   </si>
   <si>
     <t>북쪽 나라 여우 이야기</t>
   </si>
   <si>
     <t>데지마 게이자부로 글, 그림｜정숙경 옮김</t>
   </si>
   <si>
     <t>보림</t>
   </si>
   <si>
     <t>42쪽</t>
   </si>
   <si>
     <t>겨울, 숲, 성장, 상상, 판화</t>
   </si>
   <si>
     <t>사계절 호텔</t>
   </si>
   <si>
     <t>조란 드르벤카 글 | 마르틴 발트샤이트 그림 | 김정민 옮김</t>
   </si>
   <si>
     <t>반딧불이</t>
   </si>
@@ -572,50 +596,68 @@
   <si>
     <t>이불 나라의 난쟁이들</t>
   </si>
   <si>
     <t>오치 노리코 글 | 데쿠네 이쿠 그림 | 위귀정 옮김</t>
   </si>
   <si>
     <t>베틀북</t>
   </si>
   <si>
     <t>감기, 열, 겨울, 눈, 상상, 요정</t>
   </si>
   <si>
     <t>저거 봐, 마디타, 눈이 와!</t>
   </si>
   <si>
     <t>아스트리드 린드그렌 글 | 일론 비클란트 그림 | 김서정 옮김</t>
   </si>
   <si>
     <t>바람의아이들</t>
   </si>
   <si>
     <t>겨울, 썰매, 크리스마스, 선물, 곤경, 도움, 동화원작</t>
   </si>
   <si>
+    <t>저녁이면 눈 냄새가 난다</t>
+  </si>
+  <si>
+    <t>사라 스트리츠베리 글, 그림｜안미란 옮김</t>
+  </si>
+  <si>
+    <t>위고</t>
+  </si>
+  <si>
+    <t>38쪽</t>
+  </si>
+  <si>
+    <t>16세부터</t>
+  </si>
+  <si>
+    <t>눈(날씨), 겨울, 기다림, 그리움, 이별, 추억, 사랑</t>
+  </si>
+  <si>
     <t>졸려졸려 크리스마스</t>
   </si>
   <si>
     <t>타카하시 카즈에 글, 그림 | 김소연 옮김</t>
   </si>
   <si>
     <t>천개의바람</t>
   </si>
   <si>
     <t>곰, 가족, 겨울잠, 준비, 선물, 기다림</t>
   </si>
   <si>
     <t>진정한 친구가 되는 법</t>
   </si>
   <si>
     <t>21,000원</t>
   </si>
   <si>
     <t>설인, 예티, 연구, 산, 겨울, 공준, 우정, 위로넘김</t>
   </si>
   <si>
     <t>집에 있는 부엉이</t>
   </si>
   <si>
     <t>아놀드 로벨 글, 그림 | 엄혜숙 옮김</t>
@@ -668,63 +710,63 @@
   <si>
     <t>문명예 글, 그림</t>
   </si>
   <si>
     <t>책읽는곰</t>
   </si>
   <si>
     <t>반려견, 동물, 겨울(계절), 보금자리, 상상</t>
   </si>
   <si>
     <t>펭귄 랄랄라</t>
   </si>
   <si>
     <t>구신애 글, 그림</t>
   </si>
   <si>
     <t>반달</t>
   </si>
   <si>
     <t>춤, 친구, 놀이, 겨울, 숫자, 찾기, 의성어, 의태어</t>
   </si>
   <si>
     <t>푸른 개 장발</t>
   </si>
   <si>
-    <t>황선미 글</t>
-[...5 lines deleted...]
-    <t>220쪽</t>
+    <t>황선미 글 | 장선환 그림</t>
+  </si>
+  <si>
+    <t>아이봄</t>
+  </si>
+  <si>
+    <t>240쪽</t>
   </si>
   <si>
     <t>우리동화</t>
   </si>
   <si>
-    <t>개장수, 고양이, 노인, 겨울, 화해,
+    <t>개장수, 고양이, 노인, 겨울, 화해
 목록:동물이야기</t>
   </si>
   <si>
     <t>화요일의 두꺼비</t>
   </si>
   <si>
     <t>러셀 에릭슨 글 | 김종도 그림 | 햇살과나무꾼 옮김</t>
   </si>
   <si>
     <t>104쪽</t>
   </si>
   <si>
     <t>9,800원</t>
   </si>
   <si>
     <t>올빼미, 천적, 우정, 탈출, 겨울</t>
   </si>
   <si>
     <t>황소 아저씨</t>
   </si>
   <si>
     <t>권정생 글 | 정승각 그림</t>
   </si>
   <si>
     <t>생쥐, 외양간, 구유, 배려, 도움, 겨울</t>
@@ -1070,51 +1112,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I52"/>
+  <dimension ref="A1:I55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="100" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -1387,1241 +1429,1328 @@
       </c>
       <c r="E10" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>61</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="D11" s="1">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D12" s="1">
         <v>2024</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" s="1">
+        <v>2024</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="D13" s="1">
-[...2 lines deleted...]
-      <c r="E13" s="1" t="s">
+      <c r="I13" s="1" t="s">
         <v>75</v>
-      </c>
-[...10 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E14" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="D14" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="1" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>28</v>
+        <v>74</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>82</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D15" s="1">
-        <v>2015</v>
+        <v>2003</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1" t="s">
         <v>85</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>86</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="D16" s="1">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>52</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="D17" s="1">
+        <v>2018</v>
+      </c>
+      <c r="E17" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="F17" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>92</v>
-      </c>
-[...16 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D18" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E18" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="F18" s="1" t="s">
         <v>97</v>
-      </c>
-[...10 lines deleted...]
-        <v>61</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1" t="s">
         <v>99</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>100</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D19" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>101</v>
-      </c>
-[...16 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D20" s="1">
+        <v>2025</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="I20" s="1" t="s">
         <v>106</v>
-      </c>
-[...19 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="D21" s="1">
+        <v>2018</v>
+      </c>
+      <c r="E21" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F21" s="1" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D22" s="1">
-        <v>2024</v>
+        <v>2007</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>92</v>
+        <v>32</v>
       </c>
       <c r="D23" s="1">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>118</v>
+        <v>57</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="1" t="s">
         <v>120</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>87</v>
+        <v>122</v>
       </c>
       <c r="D24" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="D25" s="1">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="E25" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" s="1" t="s">
         <v>126</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D26" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I26" s="1" t="s">
         <v>130</v>
-      </c>
-[...16 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="1" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>32</v>
+        <v>133</v>
       </c>
       <c r="D27" s="1">
-        <v>2018</v>
+        <v>2006</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>93</v>
+        <v>134</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="D28" s="1">
+        <v>2003</v>
+      </c>
+      <c r="E28" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="F28" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="D28" s="1">
-[...2 lines deleted...]
-      <c r="E28" s="1" t="s">
+      <c r="H28" s="1" t="s">
         <v>141</v>
-      </c>
-[...7 lines deleted...]
-        <v>118</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1" t="s">
         <v>143</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>144</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>145</v>
+        <v>32</v>
       </c>
       <c r="D29" s="1">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>141</v>
+        <v>96</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30" s="1">
-        <v>2007</v>
+        <v>1998</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>149</v>
+        <v>126</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="1" t="s">
         <v>151</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>152</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>92</v>
+        <v>153</v>
       </c>
       <c r="D31" s="1">
-        <v>2001</v>
+        <v>2022</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="1" t="s">
         <v>155</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="D32" s="1">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>33</v>
+        <v>149</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>52</v>
+        <v>157</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="D33" s="1">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>114</v>
+        <v>19</v>
       </c>
       <c r="D34" s="1">
-        <v>2016</v>
+        <v>1998</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>52</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
       <c r="D35" s="1">
-        <v>2023</v>
+        <v>2002</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>170</v>
+        <v>122</v>
       </c>
       <c r="D36" s="1">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>171</v>
+        <v>33</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H36" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="I36" s="1" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D37" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="I37" s="1" t="s">
         <v>175</v>
-      </c>
-[...19 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="D38" s="1">
+        <v>2020</v>
+      </c>
+      <c r="E38" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="F38" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" s="1" t="s">
         <v>180</v>
-      </c>
-[...13 lines deleted...]
-        <v>133</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>183</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D39" s="1">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>94</v>
+        <v>13</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>187</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D40" s="1">
-        <v>2018</v>
+        <v>2008</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>52</v>
+        <v>141</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1" t="s">
         <v>190</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>169</v>
+        <v>191</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>74</v>
+        <v>192</v>
       </c>
       <c r="D41" s="1">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>88</v>
+        <v>33</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>191</v>
+        <v>52</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>32</v>
+        <v>196</v>
       </c>
       <c r="D42" s="1">
-        <v>2008</v>
+        <v>2025</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>13</v>
+        <v>198</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>132</v>
+        <v>14</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="1" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>92</v>
+        <v>202</v>
       </c>
       <c r="D43" s="1">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>201</v>
+        <v>177</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="D44" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>46</v>
+        <v>91</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="1" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>206</v>
+        <v>32</v>
       </c>
       <c r="D45" s="1">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>211</v>
+        <v>95</v>
       </c>
       <c r="D46" s="1">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>141</v>
+        <v>33</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>215</v>
+        <v>90</v>
       </c>
       <c r="D47" s="1">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>47</v>
+        <v>216</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D48" s="1">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>221</v>
+        <v>140</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>149</v>
+        <v>22</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="1" t="s">
         <v>223</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>224</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>83</v>
+        <v>225</v>
       </c>
       <c r="D49" s="1">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>225</v>
+        <v>149</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>132</v>
+        <v>14</v>
       </c>
       <c r="H49" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I49" s="1" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B50" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="C50" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="C50" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" s="1">
-        <v>2001</v>
+        <v>2015</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="1" t="s">
         <v>231</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>232</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D51" s="1">
-        <v>2016</v>
+        <v>2026</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>234</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>14</v>
+        <v>235</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="52" spans="1:9">
-      <c r="A52" s="1"/>
-[...7 lines deleted...]
-      <c r="I52" s="1"/>
+      <c r="A52" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D52" s="1">
+        <v>2014</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="I52" s="1" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D53" s="1">
+        <v>2001</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D54" s="1">
+        <v>2016</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" s="1"/>
+      <c r="B55" s="1"/>
+      <c r="C55" s="1"/>
+      <c r="D55" s="1"/>
+      <c r="E55" s="1"/>
+      <c r="F55" s="1"/>
+      <c r="G55" s="1"/>
+      <c r="H55" s="1"/>
+      <c r="I55" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>