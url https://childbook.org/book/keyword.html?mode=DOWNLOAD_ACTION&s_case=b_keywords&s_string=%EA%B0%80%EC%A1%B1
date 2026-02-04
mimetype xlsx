--- v0 (2025-12-18)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="검색결과" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="951">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="952">
   <si>
     <t>책이름</t>
   </si>
   <si>
     <t>지은이</t>
   </si>
   <si>
     <t>출판사</t>
   </si>
   <si>
     <t>출판년도</t>
   </si>
   <si>
     <t>쪽수</t>
   </si>
   <si>
     <t>연령</t>
   </si>
   <si>
     <t>갈래</t>
   </si>
   <si>
     <t>가격</t>
   </si>
   <si>
@@ -1129,51 +1129,51 @@
   <si>
     <t>92쪽</t>
   </si>
   <si>
     <t>요정, 불만, 가족, 사랑</t>
   </si>
   <si>
     <t>마틸다</t>
   </si>
   <si>
     <t>로알드 달 글 | 퀸틴 블레이크 그림 | 김난령 옮김</t>
   </si>
   <si>
     <t>320쪽</t>
   </si>
   <si>
     <t>초능력, 괴롭힘, 학교, 친구, 기적, 가족</t>
   </si>
   <si>
     <t>만희네 집</t>
   </si>
   <si>
     <t>권윤덕 글, 그림</t>
   </si>
   <si>
-    <t>34쪽</t>
+    <t>25,000원</t>
   </si>
   <si>
     <t>이사, 가족, 살림, 공간, 도면, 소개</t>
   </si>
   <si>
     <t>메아리</t>
   </si>
   <si>
     <t>이주홍 글｜김동성 그림</t>
   </si>
   <si>
     <t>누나, 산골, 송아지, 그리움, 이별, 가족, 동화원작</t>
   </si>
   <si>
     <t>메아리 소년</t>
   </si>
   <si>
     <t>이원수 글 | 이정규 그림</t>
   </si>
   <si>
     <t>296쪽</t>
   </si>
   <si>
     <t>전쟁, 비극, 가족, 죽음, 우정</t>
   </si>
@@ -1617,60 +1617,60 @@
   <si>
     <t>돌베개</t>
   </si>
   <si>
     <t>섬(지형), 기억, 소년범, 인류애, 가족</t>
   </si>
   <si>
     <t>소년의 마음</t>
   </si>
   <si>
     <t>소복이 글, 그림</t>
   </si>
   <si>
     <t>14,500원</t>
   </si>
   <si>
     <t>가족, 외로움</t>
   </si>
   <si>
     <t>소중한 주주브</t>
   </si>
   <si>
     <t>앤 윌즈도르프 글, 그림 | 이정임 옮김</t>
   </si>
   <si>
+    <t>34쪽</t>
+  </si>
+  <si>
     <t>아기, 가족, 입양, 도움, 사랑, 아프리카</t>
   </si>
   <si>
     <t>솔이의 추석 이야기</t>
   </si>
   <si>
     <t>이억배 글, 그림</t>
-  </si>
-[...1 lines deleted...]
-    <t>38쪽</t>
   </si>
   <si>
     <t>가을, 명절, 가족, 고향, 추억, 전통</t>
   </si>
   <si>
     <t>수상한 할아버지</t>
   </si>
   <si>
     <t>팔로마 보르돈스 글 | 김정하 옮김</t>
   </si>
   <si>
     <t>가방, 의심, 가족, 혼란, 가난, 인생</t>
   </si>
   <si>
     <t>순례 주택</t>
   </si>
   <si>
     <t>유은실 글</t>
   </si>
   <si>
     <t>세대공감, 유사가족, 공동주택, 편견, 선입견</t>
   </si>
   <si>
     <t>숨어 있는 집</t>
   </si>
@@ -2193,50 +2193,53 @@
     <t>엄마, 결혼, 가족, 자연, 문명</t>
   </si>
   <si>
     <t>우리 아빠는 흰지팡이 수호천사</t>
   </si>
   <si>
     <t>곤살로 모우레 글│마리아 히론 그림│라미파 옮김</t>
   </si>
   <si>
     <t>장애, 이해, 상상, 가족</t>
   </si>
   <si>
     <t>우리 집 생쥐네 집</t>
   </si>
   <si>
     <t>존 버닝햄 글, 그림 | 허은미 옮김</t>
   </si>
   <si>
     <t>공존, 가족, 배려, 비밀</t>
   </si>
   <si>
     <t>우리 집에는 괴물이 우글우글</t>
   </si>
   <si>
     <t>홍인순 글 | 이혜리 그림</t>
+  </si>
+  <si>
+    <t>38쪽</t>
   </si>
   <si>
     <t>애벌레, 상상, 가족, 변신, 펜화</t>
   </si>
   <si>
     <t>우리 집은</t>
   </si>
   <si>
     <t>조원희 글, 그림</t>
   </si>
   <si>
     <t>이야기꽃</t>
   </si>
   <si>
     <t>아파트, 비교, 가치, 행복, 가족</t>
   </si>
   <si>
     <t>웨니에겐 날개가 있다</t>
   </si>
   <si>
     <t>자넷 리 카레이 글 | 김경미 옮김</t>
   </si>
   <si>
     <t>241쪽</t>
   </si>
@@ -5147,63 +5150,63 @@
       </c>
       <c r="F65" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H65" s="1" t="s">
         <v>311</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="1" t="s">
         <v>313</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D66" s="1">
-        <v>1999</v>
+        <v>2025</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="1" t="s">
         <v>316</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>317</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>318</v>
       </c>
       <c r="D67" s="1">
         <v>2002</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>319</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G67" s="1" t="s">
@@ -5495,63 +5498,63 @@
       </c>
       <c r="F77" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H77" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="1" t="s">
         <v>367</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>368</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D78" s="1">
-        <v>1995</v>
+        <v>2026</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>369</v>
+        <v>176</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>56</v>
+        <v>369</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="1" t="s">
         <v>371</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D79" s="1">
         <v>2001</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>114</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G79" s="1" t="s">
@@ -6716,89 +6719,89 @@
       </c>
       <c r="G119" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H119" s="1" t="s">
         <v>525</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" s="1" t="s">
         <v>527</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>528</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D120" s="1">
         <v>2001</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>369</v>
+        <v>529</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H120" s="1" t="s">
         <v>388</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D121" s="1">
-        <v>1995</v>
+        <v>2026</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>532</v>
+        <v>176</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>56</v>
+        <v>369</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="1" t="s">
         <v>534</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>535</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D122" s="1">
         <v>2014</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>289</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G122" s="1" t="s">
@@ -8253,1919 +8256,1919 @@
       </c>
       <c r="G172" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H172" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" s="1" t="s">
         <v>719</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>720</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D173" s="1">
         <v>2005</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>532</v>
+        <v>721</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H173" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D174" s="1">
         <v>2021</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H174" s="1" t="s">
         <v>525</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D175" s="1">
         <v>2008</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H175" s="1" t="s">
         <v>320</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D176" s="1">
         <v>2024</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>244</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H176" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="D177" s="1">
         <v>2020</v>
       </c>
       <c r="E177" s="1" t="s">
         <v>151</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H177" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D178" s="1">
         <v>2004</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H178" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D179" s="1">
         <v>2020</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H179" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D180" s="1">
         <v>2010</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H180" s="1" t="s">
         <v>79</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D181" s="1">
         <v>2008</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>146</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H181" s="1" t="s">
         <v>204</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D182" s="1">
         <v>2023</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H182" s="1" t="s">
         <v>191</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D183" s="1">
         <v>2007</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H183" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="1" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>392</v>
       </c>
       <c r="D184" s="1">
         <v>2023</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>393</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H184" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="D185" s="1">
         <v>2008</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>646</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H185" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D186" s="1">
         <v>2017</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>285</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H186" s="1" t="s">
         <v>79</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D187" s="1">
         <v>2009</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H187" s="1" t="s">
         <v>204</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D188" s="1">
         <v>2015</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H188" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D189" s="1">
         <v>2018</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H189" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D190" s="1">
         <v>2014</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>617</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H190" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D191" s="1">
         <v>2022</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>61</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H191" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D192" s="1">
         <v>2024</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H192" s="1" t="s">
         <v>94</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D193" s="1">
         <v>2020</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>270</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H193" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D194" s="1">
         <v>2023</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H194" s="1" t="s">
         <v>171</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D195" s="1">
         <v>2008</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H195" s="1" t="s">
         <v>109</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>507</v>
       </c>
       <c r="D196" s="1">
         <v>2004</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H196" s="1" t="s">
         <v>64</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>392</v>
       </c>
       <c r="D197" s="1">
         <v>2022</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H197" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" s="1" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D198" s="1">
         <v>2002</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>48</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H198" s="1" t="s">
         <v>204</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D199" s="1">
         <v>2024</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>339</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>468</v>
       </c>
       <c r="H199" s="1" t="s">
         <v>301</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D200" s="1">
         <v>2004</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>319</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H200" s="1" t="s">
         <v>51</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" s="1" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D201" s="1">
         <v>2005</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>118</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H201" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" s="1" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>424</v>
       </c>
       <c r="D202" s="1">
         <v>2014</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H202" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" s="1" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="D203" s="1">
         <v>2011</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>410</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D204" s="1">
         <v>2021</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H204" s="1" t="s">
         <v>525</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D205" s="1">
         <v>2018</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H205" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>150</v>
       </c>
       <c r="D206" s="1">
         <v>2014</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>543</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H206" s="1" t="s">
         <v>79</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D207" s="1">
         <v>2023</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H207" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>521</v>
       </c>
       <c r="D208" s="1">
         <v>2007</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>170</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D209" s="1">
         <v>2020</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H209" s="1" t="s">
         <v>94</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="D210" s="1">
         <v>2022</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>499</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H210" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D211" s="1">
         <v>2009</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>156</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H211" s="1" t="s">
         <v>157</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="1" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D212" s="1">
         <v>2022</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>88</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D213" s="1">
         <v>2018</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H213" s="1" t="s">
         <v>94</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" s="1" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D214" s="1">
         <v>2003</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>319</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H214" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D215" s="1">
         <v>2022</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H215" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" s="1" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D216" s="1">
         <v>2019</v>
       </c>
       <c r="E216" s="1" t="s">
         <v>407</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H216" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" s="1" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D217" s="1">
         <v>2022</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H217" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>521</v>
       </c>
       <c r="D218" s="1">
         <v>2024</v>
       </c>
       <c r="E218" s="1" t="s">
         <v>270</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H218" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D219" s="1">
         <v>1996</v>
       </c>
       <c r="E219" s="1" t="s">
         <v>176</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H219" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D220" s="1">
         <v>2015</v>
       </c>
       <c r="E220" s="1" t="s">
         <v>285</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H220" s="1" t="s">
         <v>51</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>392</v>
       </c>
       <c r="D221" s="1">
         <v>2024</v>
       </c>
       <c r="E221" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H221" s="1" t="s">
         <v>177</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" s="1" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D222" s="1">
         <v>2007</v>
       </c>
       <c r="E222" s="1" t="s">
         <v>289</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" s="1" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="D223" s="1">
         <v>2007</v>
       </c>
       <c r="E223" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H223" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" s="1" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D224" s="1">
         <v>2021</v>
       </c>
       <c r="E224" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H224" s="1" t="s">
         <v>311</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" s="1" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="D225" s="1">
         <v>2012</v>
       </c>
       <c r="E225" s="1" t="s">
         <v>69</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G225" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H225" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" s="1" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D226" s="1">
         <v>2007</v>
       </c>
       <c r="E226" s="1" t="s">
         <v>114</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H226" s="1" t="s">
         <v>204</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" s="1" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D227" s="1">
         <v>1997</v>
       </c>
       <c r="E227" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H227" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" s="1" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D228" s="1">
         <v>2019</v>
       </c>
       <c r="E228" s="1" t="s">
         <v>132</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H228" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="D229" s="1">
         <v>2018</v>
       </c>
       <c r="E229" s="1" t="s">
         <v>407</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H229" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" s="1" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="D230" s="1">
         <v>2010</v>
       </c>
       <c r="E230" s="1" t="s">
         <v>208</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H230" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D231" s="1">
         <v>2022</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H231" s="1" t="s">
         <v>186</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D232" s="1">
         <v>2021</v>
       </c>
       <c r="E232" s="1" t="s">
         <v>365</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H232" s="1" t="s">
         <v>311</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" s="1" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D233" s="1">
         <v>2011</v>
       </c>
       <c r="E233" s="1" t="s">
         <v>185</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H233" s="1" t="s">
         <v>73</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D234" s="1">
         <v>2013</v>
       </c>
       <c r="E234" s="1" t="s">
         <v>319</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H234" s="1" t="s">
         <v>79</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" s="1" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D235" s="1">
         <v>2021</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H235" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" s="1" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D236" s="1">
         <v>2022</v>
       </c>
       <c r="E236" s="1" t="s">
         <v>88</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H236" s="1" t="s">
         <v>301</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D237" s="1">
         <v>2023</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H237" s="1" t="s">
         <v>94</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" s="1"/>
       <c r="B238" s="1"/>
       <c r="C238" s="1"/>
       <c r="D238" s="1"/>
       <c r="E238" s="1"/>
       <c r="F238" s="1"/>
       <c r="G238" s="1"/>
       <c r="H238" s="1"/>
       <c r="I238" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>