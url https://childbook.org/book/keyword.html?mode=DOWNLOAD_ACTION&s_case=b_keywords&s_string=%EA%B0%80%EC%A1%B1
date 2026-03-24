--- v1 (2026-02-04)
+++ v2 (2026-03-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="검색결과" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="952">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1006">
   <si>
     <t>책이름</t>
   </si>
   <si>
     <t>지은이</t>
   </si>
   <si>
     <t>출판사</t>
   </si>
   <si>
     <t>출판년도</t>
   </si>
   <si>
     <t>쪽수</t>
   </si>
   <si>
     <t>연령</t>
   </si>
   <si>
     <t>갈래</t>
   </si>
   <si>
     <t>가격</t>
   </si>
   <si>
@@ -462,50 +462,62 @@
   <si>
     <t>시드니 스미스 글, 그림┃김지은 옮김</t>
   </si>
   <si>
     <t>책읽는곰</t>
   </si>
   <si>
     <t>엄마, 가족, 성장, 추억, 회상, 희망</t>
   </si>
   <si>
     <t>기적을 선물한 우리 개 모슬리</t>
   </si>
   <si>
     <t>마이클 제라드 바우어 글 | 조원희 그림 | 육아리 옮김</t>
   </si>
   <si>
     <t>뜨인돌어린이</t>
   </si>
   <si>
     <t>172쪽</t>
   </si>
   <si>
     <t>기다림, 가족, 추억, 이별</t>
   </si>
   <si>
+    <t>깬다</t>
+  </si>
+  <si>
+    <t>서동찬 글</t>
+  </si>
+  <si>
+    <t>자음과모음</t>
+  </si>
+  <si>
+    <t>스포츠, 복싱, 관계, 가족, 관심</t>
+  </si>
+  <si>
     <t>나 좀 여기서 구해 줘!</t>
   </si>
   <si>
     <t>살라 나우라 글 | 유혜자 옮김</t>
   </si>
   <si>
     <t>한림출판사</t>
   </si>
   <si>
     <t>160쪽</t>
   </si>
   <si>
     <t>가족, 요양원, 탈출, 보물찾기</t>
   </si>
   <si>
     <t>나, 이사 갈 거야</t>
   </si>
   <si>
     <t>아스트리드 린드그렌 글 | 일론 비클란드 그림 | 햇살과나무꾼 옮김</t>
   </si>
   <si>
     <t>논장</t>
   </si>
   <si>
     <t>72쪽</t>
@@ -553,50 +565,68 @@
     <t>176 내외쪽</t>
   </si>
   <si>
     <t>각 13,000원</t>
   </si>
   <si>
     <t>모험, 가족</t>
   </si>
   <si>
     <t>나비엄마의 손길</t>
   </si>
   <si>
     <t>크리스티앙 볼츠 글,그림│이경혜 옮김</t>
   </si>
   <si>
     <t>한울림어린이</t>
   </si>
   <si>
     <t>44쪽</t>
   </si>
   <si>
     <t>17,000원</t>
   </si>
   <si>
     <t>가족, 그리움, 죽음, 콜라주</t>
+  </si>
+  <si>
+    <t>나의 열두 살에게</t>
+  </si>
+  <si>
+    <t>소복이 글, 그림</t>
+  </si>
+  <si>
+    <t>나무의말</t>
+  </si>
+  <si>
+    <t>336쪽</t>
+  </si>
+  <si>
+    <t>19,800원</t>
+  </si>
+  <si>
+    <t>사춘기, 첫사랑, 가족, 성정</t>
   </si>
   <si>
     <t>나의 왕국</t>
   </si>
   <si>
     <t>키티 크라우더 글, 그림│나선희 옮김</t>
   </si>
   <si>
     <t>책빛</t>
   </si>
   <si>
     <t>존중, 가족, 관계, 싸움</t>
   </si>
   <si>
     <t>나의 콜레트</t>
   </si>
   <si>
     <t>소피 앙리오네 글 | 마투 그림 | 이정주 옮김</t>
   </si>
   <si>
     <t>208쪽</t>
   </si>
   <si>
     <t>13,500원</t>
   </si>
@@ -682,50 +712,68 @@
     <t>엄마, 간호, 사랑, 가족,</t>
   </si>
   <si>
     <t>내 동생 김점박</t>
   </si>
   <si>
     <t>김정선 글, 그림</t>
   </si>
   <si>
     <t>예림당</t>
   </si>
   <si>
     <t>반려견, 가족,
 목록속목록:개와고양이, 목록:개와고양이</t>
   </si>
   <si>
     <t>내 동생과 할 수 있는 백만 가지 일</t>
   </si>
   <si>
     <t>스테파니 스투브-보딘 글│팸 드비토 그림│한진영 옮김</t>
   </si>
   <si>
     <t>장애, 가족, 놀이</t>
   </si>
   <si>
+    <t>내 맘대로 방구석 모험</t>
+  </si>
+  <si>
+    <t>이은선 글, 그림</t>
+  </si>
+  <si>
+    <t>주니어RHK</t>
+  </si>
+  <si>
+    <t>108쪽</t>
+  </si>
+  <si>
+    <t>16,000원</t>
+  </si>
+  <si>
+    <t>상상, 변신, 모험, 가족</t>
+  </si>
+  <si>
     <t>내 이름은 데셰</t>
   </si>
   <si>
     <t>요커 판 레이우엔 글, 그림 | 문성원 옮김</t>
   </si>
   <si>
     <t>203쪽</t>
   </si>
   <si>
     <t>생일, 선물목록, 공책, 가족, 친척, 분실물, 길</t>
   </si>
   <si>
     <t>내 작은 삶에 대한 커다란 소설</t>
   </si>
   <si>
     <t>수지 모건스턴 글 | 알베르틴 그림 | 이정주 옮김</t>
   </si>
   <si>
     <t>이마주</t>
   </si>
   <si>
     <t>168쪽</t>
   </si>
   <si>
     <t>이혼, 글쓰기, 선택, 가족, 친구</t>
@@ -954,53 +1002,50 @@
   <si>
     <t>돌잔치</t>
   </si>
   <si>
     <t>김명희 글│김복태 그림</t>
   </si>
   <si>
     <t>돌잡이, 가족 사랑, 첫돌, 풍습</t>
   </si>
   <si>
     <t>돼지책</t>
   </si>
   <si>
     <t>앤서니 브라운 글, 그림｜허은미 옮김</t>
   </si>
   <si>
     <t>차별, 가족, 엄마, 역할, 노동</t>
   </si>
   <si>
     <t>뒤늦은 답장</t>
   </si>
   <si>
     <t>정원 글, 그림</t>
   </si>
   <si>
-    <t>16,000원</t>
-[...1 lines deleted...]
-  <si>
     <t>갈등, 정체성, 사랑, 가족, 성장</t>
   </si>
   <si>
     <t>따로 따로 행복하게</t>
   </si>
   <si>
     <t>배빗 콜 글, 그림｜고정아 옮김</t>
   </si>
   <si>
     <t>가족, 이혼, 갈등, 남매, 이해</t>
   </si>
   <si>
     <t>떠돌이 개</t>
   </si>
   <si>
     <t>마르크 시몽 글, 그림｜백영미 옮김</t>
   </si>
   <si>
     <t>작은책방</t>
   </si>
   <si>
     <t>30쪽</t>
   </si>
   <si>
     <t>8,000원</t>
@@ -1048,50 +1093,62 @@
   <si>
     <t>각 16,000원</t>
   </si>
   <si>
     <t>자존감, 외모, 첫사랑, 친구, 가족</t>
   </si>
   <si>
     <t>똥바다에 게가 산다</t>
   </si>
   <si>
     <t>김중미 글 | 유동훈 그림</t>
   </si>
   <si>
     <t>낮은산</t>
   </si>
   <si>
     <t>128쪽</t>
   </si>
   <si>
     <t>9,500원</t>
   </si>
   <si>
     <t>가난, 개발, 일기(글), 동네, 가족</t>
   </si>
   <si>
+    <t>똥퍼맨의 열 번째 실수</t>
+  </si>
+  <si>
+    <t>제니퍼 촐덴코 글｜김예원 옮김</t>
+  </si>
+  <si>
+    <t>376쪽</t>
+  </si>
+  <si>
+    <t>엄마, 알코올중독, 농구, 할머니, 가족, 입양, 아동보호소, 동생, 기다림</t>
+  </si>
+  <si>
     <t>라모나는 아빠를 사랑해</t>
   </si>
   <si>
     <t>비벌리 클리어리 글 | 트레이시 도클레이 그림 | 김난령 옮김</t>
   </si>
   <si>
     <t>열린어린이</t>
   </si>
   <si>
     <t>실직, 가족, 사랑, 행복, 엉뚱</t>
   </si>
   <si>
     <t>룰스</t>
   </si>
   <si>
     <t>신시아 로드 글┃천미나 옮김</t>
   </si>
   <si>
     <t>초록개구리</t>
   </si>
   <si>
     <t>248쪽</t>
   </si>
   <si>
     <t>16,800원</t>
@@ -1135,190 +1192,214 @@
   <si>
     <t>마틸다</t>
   </si>
   <si>
     <t>로알드 달 글 | 퀸틴 블레이크 그림 | 김난령 옮김</t>
   </si>
   <si>
     <t>320쪽</t>
   </si>
   <si>
     <t>초능력, 괴롭힘, 학교, 친구, 기적, 가족</t>
   </si>
   <si>
     <t>만희네 집</t>
   </si>
   <si>
     <t>권윤덕 글, 그림</t>
   </si>
   <si>
     <t>25,000원</t>
   </si>
   <si>
     <t>이사, 가족, 살림, 공간, 도면, 소개</t>
   </si>
   <si>
+    <t>말하지 않아도, 체리</t>
+  </si>
+  <si>
+    <t>캐럴 쿠예치, 페이턴 고다드  글｜이계순 옮김</t>
+  </si>
+  <si>
+    <t>라임</t>
+  </si>
+  <si>
+    <t>264쪽</t>
+  </si>
+  <si>
+    <t>자폐스펙트럼, 가족, 용기, 편견, 학습권, 특수반</t>
+  </si>
+  <si>
     <t>메아리</t>
   </si>
   <si>
     <t>이주홍 글｜김동성 그림</t>
   </si>
   <si>
     <t>누나, 산골, 송아지, 그리움, 이별, 가족, 동화원작</t>
   </si>
   <si>
     <t>메아리 소년</t>
   </si>
   <si>
     <t>이원수 글 | 이정규 그림</t>
   </si>
   <si>
     <t>296쪽</t>
   </si>
   <si>
     <t>전쟁, 비극, 가족, 죽음, 우정</t>
   </si>
   <si>
     <t>멜롭스 가족의 보물찾기 소동</t>
   </si>
   <si>
     <t>토미 웅게러 글, 그림 | 이현정 옮김</t>
-  </si>
-[...1 lines deleted...]
-    <t>108쪽</t>
   </si>
   <si>
     <t>협동, 모험, 돼지, 바다, 비행기, 가족 사랑</t>
   </si>
   <si>
     <t>멸치 다듬기</t>
   </si>
   <si>
     <t>이상교 글┃밤코 그림</t>
   </si>
   <si>
     <t>신문, 국수, 가족, 반복, 시그림책</t>
   </si>
   <si>
     <t>모래알 고금</t>
   </si>
   <si>
     <t>마해송 글 | 김성민 그림</t>
   </si>
   <si>
     <t>240쪽</t>
   </si>
   <si>
     <t>7,000원</t>
   </si>
   <si>
     <t>가족, 사랑, 용기,
 2013동화동무씨동무, 목록:모험</t>
   </si>
   <si>
     <t>모르는 아이</t>
   </si>
   <si>
     <t>장성자 글 | 김진화 그림</t>
   </si>
   <si>
     <t>문학과지성사</t>
   </si>
   <si>
     <t>200쪽</t>
   </si>
   <si>
     <t>제주4.3사건, 제주도, 남로당, 탄압, 가족,
 2016동화동무씨동무</t>
   </si>
   <si>
+    <t>목마른 아이들</t>
+  </si>
+  <si>
+    <t>바르샤 바자즈 글｜김경연 옮김</t>
+  </si>
+  <si>
+    <t>다봄</t>
+  </si>
+  <si>
+    <t>244쪽</t>
+  </si>
+  <si>
+    <t>인도, 가족, 물(액체), 공부, 빈부격차, 컴퓨터, 불법조직, 연대, 공동체, 정의</t>
+  </si>
+  <si>
     <t>못나도 울 엄마</t>
   </si>
   <si>
     <t>이주홍 글 | 이은천 그림</t>
   </si>
   <si>
     <t>단편집, 가족, 청개구리, 서당, 고양이, 메아리
 목록속목록:개와고양이</t>
   </si>
   <si>
     <t>무릎딱지</t>
   </si>
   <si>
     <t>샤를로트 문드리크 글｜올리비에 탈레크 그림｜이경혜 옮김</t>
   </si>
   <si>
     <t>죽음, 엄마, 치유, 빨강, 가족, 사랑, 상처, 감정, 슬픔</t>
   </si>
   <si>
     <t>무자비한 윌러비 가족</t>
   </si>
   <si>
     <t>로이스 로리 글,그림 | 김영선 옮김</t>
   </si>
   <si>
-    <t>주니어RHK</t>
-[...1 lines deleted...]
-  <si>
     <t>휴가, 고아, 풍자, 남매, 가족관계, 패러디,
 목록:추리</t>
   </si>
   <si>
     <t>미녀와 야수</t>
   </si>
   <si>
     <t>맥스 아일렌버그 글 ㅣ안젤라 배럿 그림 ㅣ 이다희 옮김</t>
   </si>
   <si>
     <t>64쪽</t>
   </si>
   <si>
     <t>왕자, 사랑, 가족, 마법, 장미, 설화</t>
   </si>
   <si>
     <t>미드나잇 칠드런</t>
   </si>
   <si>
     <t>댄 거마인하트 글 | 이나경 옮김</t>
   </si>
   <si>
     <t>다산책방</t>
   </si>
   <si>
     <t>388쪽</t>
   </si>
   <si>
     <t>고아, 가족, 친구, 선택, 사냥꾼,</t>
   </si>
   <si>
     <t>밍기민기</t>
   </si>
   <si>
     <t>김한조 글, 그림</t>
   </si>
   <si>
-    <t>초등학생, 일상, 친구, 가족</t>
+    <t>초등학생, 일상, 친구, 가족, 2026목록속목록:만화</t>
   </si>
   <si>
     <t>바너비의 아주 특별한 세계 일주 1-2</t>
   </si>
   <si>
     <t>존 보인 글 | 올리버 제퍼스 그림 | 정회성 옮김</t>
   </si>
   <si>
     <t>198, 186쪽</t>
   </si>
   <si>
     <t>각 9,500원</t>
   </si>
   <si>
     <t>중력, 여행, 가족, 우주, 하늘, 다름,
 목록속목록:우주</t>
   </si>
   <si>
     <t>바람의 새 집시</t>
   </si>
   <si>
     <t>마리-프랑스 슈브롱 글｜마틸드 마냥 그림｜박정연 옮김</t>
   </si>
   <si>
     <t>같이보는책</t>
@@ -1335,75 +1416,108 @@
   <si>
     <t>안경, 친구, 가족, 이웃, 장래희망, 자존감, 편견, 지혜, 성장</t>
   </si>
   <si>
     <t>박하네 분짜</t>
   </si>
   <si>
     <t>유영소 글 | 남수 그림</t>
   </si>
   <si>
     <t>단편집, 6학년, 사랑, 이별, 친구, 가족,</t>
   </si>
   <si>
     <t>밤을 걷는 여자아이</t>
   </si>
   <si>
     <t>델핀 베르톨롱 글 | 권지현 옮김</t>
   </si>
   <si>
     <t>씨드북</t>
   </si>
   <si>
     <t>추리, 유령, 비밀, 가족, 지하실</t>
   </si>
   <si>
+    <t>밤을 산책하는 개</t>
+  </si>
+  <si>
+    <t>유르가 빌레 글｜발렌티나 체르냐우스카이테 그림｜서진석 옮김</t>
+  </si>
+  <si>
+    <t>바람북스</t>
+  </si>
+  <si>
+    <t>17,800원</t>
+  </si>
+  <si>
+    <t>사랑, 반려견, 가족, 비유, 두려움, 상처, 화자_개</t>
+  </si>
+  <si>
     <t>밤의 일기</t>
   </si>
   <si>
     <t>비에라 히라난다니 글 | 장미란 옮김</t>
   </si>
   <si>
     <t>다산기획</t>
   </si>
   <si>
     <t>인도 독립, 피난, 요리, 가족, 일기장, 종교 분쟁</t>
   </si>
   <si>
     <t>밤티 마을 큰돌이네 집</t>
   </si>
   <si>
     <t>이금이 글 | 한지선 그림</t>
   </si>
   <si>
     <t>밤티</t>
   </si>
   <si>
     <t>가족, 새엄마, 재혼가정, 남매
 2021동화동무씨동무, 2020동화동무씨동무, 2013동화동무씨동무</t>
   </si>
   <si>
+    <t>방긋 웃어요</t>
+  </si>
+  <si>
+    <t>문종훈, 울리스 햇 글, 그림</t>
+  </si>
+  <si>
+    <t>늘보의섬</t>
+  </si>
+  <si>
+    <t>22쪽</t>
+  </si>
+  <si>
+    <t>0세부터</t>
+  </si>
+  <si>
+    <t>아기, 탄생, 가족, 축하, 기쁨, 보드북, 플랩북, 공예_양모인형</t>
+  </si>
+  <si>
     <t>백만 년 동안 절대 말 안 해</t>
   </si>
   <si>
     <t>허은미 글｜김진화 그림</t>
   </si>
   <si>
     <t>가족, 관심, 투정, 마음, 사랑</t>
   </si>
   <si>
     <t>버블과 스퀵 대소동</t>
   </si>
   <si>
     <t>필리파 피어스 글 | 앨런 베이커 그림 | 햇살과나무꾼 옮김</t>
   </si>
   <si>
     <t>150쪽</t>
   </si>
   <si>
     <t>가족, 반려동물, 쥐(동물), 고양이</t>
   </si>
   <si>
     <t>별과 소년</t>
   </si>
   <si>
     <t>김홍모 글, 그림</t>
@@ -1451,50 +1565,62 @@
     <t>이장근 시</t>
   </si>
   <si>
     <t>창비교육</t>
   </si>
   <si>
     <t>시</t>
   </si>
   <si>
     <t>동시,사춘기, 꿈(희망), 희망, 가족, 학교</t>
   </si>
   <si>
     <t>블랙 독</t>
   </si>
   <si>
     <t>레비 핀폴드 글, 그림｜천미나 옮김</t>
   </si>
   <si>
     <t>북스토리아이</t>
   </si>
   <si>
     <t>26쪽</t>
   </si>
   <si>
     <t>개(동물), 가족, 두려움, 용기, 편견</t>
+  </si>
+  <si>
+    <t>빨간 모자를 기다리며</t>
+  </si>
+  <si>
+    <t>미레이유 메시에 글｜샤를로트 파랑 그림｜신유진 옮김</t>
+  </si>
+  <si>
+    <t>52쪽</t>
+  </si>
+  <si>
+    <t>고슴도치, 요정, 숲, 가족, 희망, 동물, 연대</t>
   </si>
   <si>
     <t>빨간 스웨터</t>
   </si>
   <si>
     <t>이와무라 카즈오 글, 그림│김영주 옮김</t>
   </si>
   <si>
     <t>다람쥐, 가을, 형제, 가족, 닮음, 빨강, 시리즈</t>
   </si>
   <si>
     <t>빨간구두와 바람샌들</t>
   </si>
   <si>
     <t>우술라 뵐펠 글 | 이모니카 그림 | 유혜자 옮김</t>
   </si>
   <si>
     <t>120쪽</t>
   </si>
   <si>
     <t>여행, 아빠, 친구, 생일, 가족,
 목록속목록:길(다니는)</t>
   </si>
   <si>
     <t>삐딱이를 찾아라</t>
@@ -1602,57 +1728,54 @@
   <si>
     <t>셋 둘 하나</t>
   </si>
   <si>
     <t>10,500원</t>
   </si>
   <si>
     <t>중편, 사춘기, 가족, 친구, 열세살</t>
   </si>
   <si>
     <t>소금 아이</t>
   </si>
   <si>
     <t>이희영 글</t>
   </si>
   <si>
     <t>돌베개</t>
   </si>
   <si>
     <t>섬(지형), 기억, 소년범, 인류애, 가족</t>
   </si>
   <si>
     <t>소년의 마음</t>
   </si>
   <si>
-    <t>소복이 글, 그림</t>
-[...1 lines deleted...]
-  <si>
     <t>14,500원</t>
   </si>
   <si>
-    <t>가족, 외로움</t>
+    <t>가족, 외로움, 2026목록속목록:만화</t>
   </si>
   <si>
     <t>소중한 주주브</t>
   </si>
   <si>
     <t>앤 윌즈도르프 글, 그림 | 이정임 옮김</t>
   </si>
   <si>
     <t>34쪽</t>
   </si>
   <si>
     <t>아기, 가족, 입양, 도움, 사랑, 아프리카</t>
   </si>
   <si>
     <t>솔이의 추석 이야기</t>
   </si>
   <si>
     <t>이억배 글, 그림</t>
   </si>
   <si>
     <t>가을, 명절, 가족, 고향, 추억, 전통</t>
   </si>
   <si>
     <t>수상한 할아버지</t>
   </si>
@@ -1674,78 +1797,90 @@
   <si>
     <t>숨어 있는 집</t>
   </si>
   <si>
     <t>마틴 워델 글 | 안젤라 바렛 그림 | 장미란 옮김</t>
   </si>
   <si>
     <t>마루벌</t>
   </si>
   <si>
     <t>24쪽</t>
   </si>
   <si>
     <t>인형, 가족, 행복, 세월, 변화</t>
   </si>
   <si>
     <t>숨을 참는 아이</t>
   </si>
   <si>
     <t>뱅상 자뷔스 글 | 이폴리트 그림 | 김현아 옮김</t>
   </si>
   <si>
     <t>19,000원</t>
   </si>
   <si>
-    <t>성장, 치유, 가족, 강박</t>
+    <t>성장, 치유, 가족, 강박, 2026목록속목록:만화</t>
   </si>
   <si>
     <t>숲의 아이 윌라</t>
   </si>
   <si>
     <t>로버트 비티 글 | 황세림 옮김</t>
   </si>
   <si>
     <t>위즈덤하우스</t>
   </si>
   <si>
     <t>384쪽</t>
   </si>
   <si>
     <t>20,000원</t>
   </si>
   <si>
     <t>판타지, 마법, 자연, 가족, 사랑</t>
   </si>
   <si>
     <t>스냅드래곤</t>
   </si>
   <si>
     <t>캣 레이 글, 그림 | 심연희 옮김</t>
   </si>
   <si>
     <t>마법, 사랑, 성장, 우정, 가족</t>
+  </si>
+  <si>
+    <t>스파클</t>
+  </si>
+  <si>
+    <t>최현진 글</t>
+  </si>
+  <si>
+    <t>204쪽</t>
+  </si>
+  <si>
+    <t>각막 이식, 기증자, 눈(신체), 미지수, 가족</t>
   </si>
   <si>
     <t>신기료 장수 아이들의 멋진 크리스마스</t>
   </si>
   <si>
     <t>루스 소여 글 | 바버러 쿠니 그림 | 이진영 옮김</t>
   </si>
   <si>
     <t>이야기, 가난, 가족, 요정, 마법, 선물,
 목록속목록:수3</t>
   </si>
   <si>
     <t>썸머 썸머 베케이션</t>
   </si>
   <si>
     <t>살림Friends</t>
   </si>
   <si>
     <t>첫사랑, 설렘, 왕따, 가족애</t>
   </si>
   <si>
     <t>아가야, 안녕?</t>
   </si>
   <si>
     <t>제니 오버렌드 글 | 줄리 비바스 그림 | 김장성 옮김</t>
@@ -2063,104 +2198,98 @@
     <t>각 112쪽</t>
   </si>
   <si>
     <t>1권 12,000 2,3권 10,000원</t>
   </si>
   <si>
     <t>하늘, 여행, 동물, 가족
 목록:모험</t>
   </si>
   <si>
     <t>여름의 루돌프</t>
   </si>
   <si>
     <t>김성라 글, 그림</t>
   </si>
   <si>
     <t>가족, 사랑, 제주도, 여름,</t>
   </si>
   <si>
     <t>여우난골족</t>
   </si>
   <si>
     <t>백석 시 | 홍성찬 풀어쓰고 그림</t>
   </si>
   <si>
-    <t>52쪽</t>
-[...1 lines deleted...]
-  <si>
     <t>설날, 전통, 가족, 시그림책</t>
   </si>
   <si>
     <t>염소 시즈카</t>
   </si>
   <si>
     <t>다시마 세이조 글, 그림 | 고향옥 옮김</t>
   </si>
   <si>
     <t>32,000원</t>
   </si>
   <si>
     <t>농촌, 일상, 삶, 가족, 마을, 성장, 소동</t>
   </si>
   <si>
     <t>오줌싸개 시간표</t>
   </si>
   <si>
     <t>윤석중 시 | 권문희 그림</t>
   </si>
   <si>
     <t>가족, 풍습, 누나, 습관, 동화시그림책</t>
   </si>
   <si>
     <t>옥상 바닷가</t>
   </si>
   <si>
     <t>페이스 링골드 글, 그림│조은 옮김</t>
   </si>
   <si>
     <t>가족, 흑인, 가난, 행복, 희망, 차별, 상상, 퀼트</t>
   </si>
   <si>
     <t>옥춘당</t>
   </si>
   <si>
     <t>고정순 글, 그림</t>
   </si>
   <si>
     <t>가족, 사랑, 기억, 이별</t>
   </si>
   <si>
     <t>올리스의 숲</t>
   </si>
   <si>
     <t>잉군 톤 글 | 노라 브레크 그림 | 손화수 옮김</t>
   </si>
   <si>
-    <t>라임</t>
-[...1 lines deleted...]
-  <si>
     <t>편지, 가족, 오해, 발명, 용기, 친구</t>
   </si>
   <si>
     <t>욘 할아버지</t>
   </si>
   <si>
     <t>페터 헤르틀링 글 | 레나테 하빙거 그림 | 김경연 옮김</t>
   </si>
   <si>
     <t>178쪽</t>
   </si>
   <si>
     <t>염색, 선물, 죽음, 가족, 이별</t>
   </si>
   <si>
     <t>용과 함께</t>
   </si>
   <si>
     <t>하나가타 미쓰루 글 | 신은정 그림 | 김난주 옮김</t>
   </si>
   <si>
     <t>마루비</t>
   </si>
   <si>
     <t>가족, 형제, 죽음, 상실, 상상, 치유</t>
@@ -2261,86 +2390,77 @@
   <si>
     <t>마리 콜로 글 | 박나리 옮김</t>
   </si>
   <si>
     <t>책속물고기</t>
   </si>
   <si>
     <t>사진, 타이머, 트라우마, 극복, 이웃, 화해, 가족</t>
   </si>
   <si>
     <t>이모의 결혼식</t>
   </si>
   <si>
     <t>선현경 글, 그림</t>
   </si>
   <si>
     <t>여행, 그리스, 가족, 만남, 관계, 설레임, 문화</t>
   </si>
   <si>
     <t>이사 안 가기 대작전</t>
   </si>
   <si>
     <t>수지 모건스턴 | 세르주 블로크 그림 | 이정주 옮김</t>
   </si>
   <si>
-    <t>미디어창비</t>
-[...1 lines deleted...]
-  <si>
     <t>가족, 친구, 두려움, 나무, 이별, 적응, 꼴라주</t>
   </si>
   <si>
     <t>인디고의 별</t>
   </si>
   <si>
     <t>힐러리 매케이 글 | 전경화 옮김</t>
   </si>
   <si>
-    <t>336쪽</t>
-[...1 lines deleted...]
-  <si>
     <t>학교폭력, 우정, 따돌림, 화해, 가족</t>
   </si>
   <si>
     <t>자라나는 돌</t>
   </si>
   <si>
     <t>양연주 글 | 전종문 그림</t>
   </si>
   <si>
     <t>바람의아이들</t>
   </si>
   <si>
     <t>교통사고, 실어증, 상실, 이별, 가족</t>
   </si>
   <si>
     <t>자매의 책장</t>
   </si>
   <si>
-    <t>264쪽</t>
-[...1 lines deleted...]
-  <si>
     <t>가족, 책, 꿈(희망), 자매</t>
   </si>
   <si>
     <t>자작나무 마을 이야기</t>
   </si>
   <si>
     <t>알로이스 카리지에 글, 그림 | 박민수 옮김</t>
   </si>
   <si>
     <t>스위스, 시골, 가족, 나무, 새, 둥지, 자연, 계절, 생명</t>
   </si>
   <si>
     <t>잘 헤어졌어</t>
   </si>
   <si>
     <t>김양미 글 | 김효은 그림</t>
   </si>
   <si>
     <t>단편집, 우정, 가족, 화해, 이별</t>
   </si>
   <si>
     <t>전쟁터의 딸</t>
   </si>
   <si>
     <t>프랑수아 플라스 글, 그림 | 정혜용 옮김</t>
@@ -2384,83 +2504,107 @@
   <si>
     <t>그림일기, 일상, 가족, 전쟁, 피난, 강화도</t>
   </si>
   <si>
     <t>졸려졸려 크리스마스</t>
   </si>
   <si>
     <t>타카하시 카즈에 글, 그림 | 김소연 옮김</t>
   </si>
   <si>
     <t>천개의바람</t>
   </si>
   <si>
     <t>곰, 가족, 겨울잠, 준비, 선물, 기다림</t>
   </si>
   <si>
     <t>준비됐니?</t>
   </si>
   <si>
     <t>수잰 러플러 글 | 김옥수 옮김</t>
   </si>
   <si>
     <t>할머니, 친구, 상실, 아픔, 원망, 가족</t>
   </si>
   <si>
+    <t>지옥으로 반지를 배달합니다</t>
+  </si>
+  <si>
+    <t>최영희 글｜조성흠 그림</t>
+  </si>
+  <si>
+    <t>㈜학교도서관저널</t>
+  </si>
+  <si>
+    <t>새엄마, 가족, 귀신, 저승사자, 옛이야기화소, 반려동물</t>
+  </si>
+  <si>
     <t>지우개 좀 빌려줘</t>
   </si>
   <si>
     <t>이필원 글</t>
   </si>
   <si>
     <t>SF, 판타지, 관계, 외로움, 의심, 죽음, 가족</t>
   </si>
   <si>
     <t>진정한 챔피언</t>
   </si>
   <si>
     <t>파얌 에브라히미 글 | 레자 달반드 그림 | 이상희 옮김</t>
   </si>
   <si>
     <t>다그림책</t>
   </si>
   <si>
     <t>가족, 액자, 노력, 강요, 나다움, 행복</t>
   </si>
   <si>
     <t>집으로 가는 23가지 방법</t>
   </si>
   <si>
     <t>김혜진 글</t>
   </si>
   <si>
     <t>서유재</t>
   </si>
   <si>
     <t>모음(수집), 불안, 가족</t>
   </si>
   <si>
+    <t>집으로 가는 먼 길</t>
+  </si>
+  <si>
+    <t>케이트 오쇼네시 글｜고정아 옮김</t>
+  </si>
+  <si>
+    <t>416쪽</t>
+  </si>
+  <si>
+    <t>사이비단체, 탈출, 편지, 유령, 가족, 자립, 진실, 불안</t>
+  </si>
+  <si>
     <t>짱뚱이의 시골생활 1-6</t>
   </si>
   <si>
     <t>오진희 글 | 신영식 그림</t>
   </si>
   <si>
     <t>파랑새</t>
   </si>
   <si>
     <t>각 160쪽</t>
   </si>
   <si>
     <t>추억, 가족, 놀이, 성장</t>
   </si>
   <si>
     <t>찰리는 무엇을 들었을까?</t>
   </si>
   <si>
     <t>모디캐이 저스타인 글, 그림 | 천미나 옮김</t>
   </si>
   <si>
     <t>가족, 소리, 음악, 노력, 오감, 삶, 일상, 창작, 예술, 실화, 인물, 소리의시각화</t>
   </si>
   <si>
     <t>채마밭의 공주님</t>
@@ -2612,72 +2756,90 @@
   <si>
     <t>가족, 성장, 정체성</t>
   </si>
   <si>
     <t>트리갭의 샘물</t>
   </si>
   <si>
     <t>나탈리 배비트 글 | 윤미숙 그림 | 최순희 옮김</t>
   </si>
   <si>
     <t>오늘책</t>
   </si>
   <si>
     <t>영생, 비밀, 가족, 선택</t>
   </si>
   <si>
     <t>트리혼의 세 가지 소원</t>
   </si>
   <si>
     <t>플로렌스 패리 하이드 글 | 에드워드 고리 그림 | 이주희 옮김</t>
   </si>
   <si>
     <t>생일, 케이크, 마법, 소통, 소망, 유머, 가족</t>
   </si>
   <si>
+    <t>트윈</t>
+  </si>
+  <si>
+    <t>유진서 글</t>
+  </si>
+  <si>
+    <t>판타지, 욕망, 가족, 약물중독, 선택, 꿈(잠), 평행우주</t>
+  </si>
+  <si>
     <t>트윈스</t>
   </si>
   <si>
     <t>배리언 존슨 글 | 섀넌 라이트 그림 | 심연희 옮김</t>
   </si>
   <si>
     <t>16,500원</t>
   </si>
   <si>
     <t>쌍둥이, 자매, 우정, 성장, 가족</t>
   </si>
   <si>
     <t>파랑 오리</t>
   </si>
   <si>
     <t>릴리아 글, 그림</t>
   </si>
   <si>
     <t>킨더랜드</t>
   </si>
   <si>
     <t>치매, 엄마, 가족, 입양, 악어, 성장, 사랑, 연못, 관계, 기억</t>
+  </si>
+  <si>
+    <t>파이트</t>
+  </si>
+  <si>
+    <t>이라야 글</t>
+  </si>
+  <si>
+    <t>격투기, 자립, 트라우마, 가족, 사랑</t>
   </si>
   <si>
     <t>펠레의 새 옷</t>
   </si>
   <si>
     <t>엘사 베스코드 글, 그림 | 김상열 옮김</t>
   </si>
   <si>
     <t>양(동물), 양털, 도움, 일, 이웃, 노력, 가족, 정성</t>
   </si>
   <si>
     <t>폭풍이 쫓아오는 밤</t>
   </si>
   <si>
     <t>최정원 글</t>
   </si>
   <si>
     <t>280쪽</t>
   </si>
   <si>
     <t>괴물, 모험, 상처, 위기, 가족</t>
   </si>
   <si>
     <t>풍선 다섯 개</t>
   </si>
@@ -3235,51 +3397,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I238"/>
+  <dimension ref="A1:I252"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="12" customWidth="true" style="0"/>
     <col min="9" max="9" width="100" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -4019,6168 +4181,6574 @@
       </c>
       <c r="F26" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="1" t="s">
         <v>148</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>149</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>150</v>
       </c>
       <c r="D27" s="1">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="E27" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>151</v>
-      </c>
-[...10 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="1">
+        <v>2017</v>
+      </c>
+      <c r="E28" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="D28" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F28" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>157</v>
+        <v>43</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="D29" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E29" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="F29" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H29" s="1" t="s">
         <v>161</v>
-      </c>
-[...13 lines deleted...]
-        <v>94</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1" t="s">
         <v>163</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D30" s="1">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="1" t="s">
         <v>167</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D31" s="1">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="E31" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I31" s="1" t="s">
         <v>170</v>
-      </c>
-[...10 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="D32" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E32" s="1" t="s">
         <v>174</v>
-      </c>
-[...7 lines deleted...]
-        <v>176</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="D33" s="1">
+        <v>2008</v>
+      </c>
+      <c r="E33" s="1" t="s">
         <v>180</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>56</v>
+        <v>181</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="1" t="s">
         <v>183</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>104</v>
+        <v>185</v>
       </c>
       <c r="D34" s="1">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>87</v>
+        <v>191</v>
       </c>
       <c r="D35" s="1">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>190</v>
+        <v>35</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>191</v>
+        <v>56</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="1" t="s">
         <v>193</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>19</v>
+        <v>104</v>
       </c>
       <c r="D36" s="1">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>195</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>100</v>
+        <v>63</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>15</v>
+        <v>196</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>199</v>
+        <v>87</v>
       </c>
       <c r="D37" s="1">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>145</v>
+        <v>19</v>
       </c>
       <c r="D38" s="1">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>151</v>
+        <v>205</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>128</v>
+        <v>100</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>204</v>
+        <v>15</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>47</v>
+        <v>209</v>
       </c>
       <c r="D39" s="1">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>208</v>
+        <v>48</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>186</v>
+        <v>210</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>212</v>
+        <v>145</v>
       </c>
       <c r="D40" s="1">
-        <v>2023</v>
+        <v>2007</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>35</v>
+        <v>155</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>14</v>
+        <v>128</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>94</v>
+        <v>214</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>216</v>
+        <v>47</v>
       </c>
       <c r="D41" s="1">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>12</v>
+        <v>218</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>157</v>
+        <v>196</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>175</v>
+        <v>222</v>
       </c>
       <c r="D42" s="1">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>43</v>
+        <v>94</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>77</v>
+        <v>226</v>
       </c>
       <c r="D43" s="1">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>223</v>
+        <v>12</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>64</v>
+        <v>161</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>227</v>
+        <v>179</v>
       </c>
       <c r="D44" s="1">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>228</v>
+        <v>12</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>94</v>
+        <v>43</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>27</v>
+        <v>233</v>
       </c>
       <c r="D45" s="1">
-        <v>2003</v>
+        <v>2025</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>100</v>
+        <v>63</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>15</v>
+        <v>235</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D46" s="1">
-        <v>2024</v>
+        <v>2007</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>12</v>
+        <v>239</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>94</v>
+        <v>64</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="D47" s="1">
         <v>2021</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>177</v>
+        <v>94</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>68</v>
+        <v>27</v>
       </c>
       <c r="D48" s="1">
         <v>2003</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="1" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>98</v>
+        <v>77</v>
       </c>
       <c r="D49" s="1">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>37</v>
+        <v>94</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="1" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>34</v>
+        <v>255</v>
       </c>
       <c r="D50" s="1">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>35</v>
+        <v>256</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>251</v>
+        <v>181</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="1" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="D51" s="1">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="1" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>259</v>
+        <v>98</v>
       </c>
       <c r="D52" s="1">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="1" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="D53" s="1">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>176</v>
+        <v>35</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>56</v>
+        <v>267</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="1" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>239</v>
+        <v>27</v>
       </c>
       <c r="D54" s="1">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>94</v>
+        <v>73</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="1" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="D55" s="1">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>270</v>
+        <v>12</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="1" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>274</v>
+        <v>27</v>
       </c>
       <c r="D56" s="1">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>35</v>
+        <v>180</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>94</v>
+        <v>56</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="1" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>19</v>
+        <v>255</v>
       </c>
       <c r="D57" s="1">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>28</v>
+        <v>256</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>56</v>
+        <v>94</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="1" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>19</v>
+        <v>285</v>
       </c>
       <c r="D58" s="1">
-        <v>2008</v>
+        <v>2023</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>208</v>
+        <v>286</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="1" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="D59" s="1">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>285</v>
+        <v>35</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>128</v>
+        <v>14</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>204</v>
+        <v>94</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="1" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D60" s="1">
-        <v>2008</v>
+        <v>2020</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>289</v>
+        <v>28</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>290</v>
+        <v>56</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="1" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>294</v>
+        <v>19</v>
       </c>
       <c r="D61" s="1">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>295</v>
+        <v>218</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>296</v>
+        <v>94</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>299</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>47</v>
+        <v>300</v>
       </c>
       <c r="D62" s="1">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>50</v>
+        <v>128</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>301</v>
+        <v>214</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="1" t="s">
         <v>303</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="D63" s="1">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>114</v>
+        <v>305</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>15</v>
+        <v>306</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>68</v>
+        <v>310</v>
       </c>
       <c r="D64" s="1">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>12</v>
+        <v>311</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>43</v>
+        <v>312</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="1" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="D65" s="1">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>88</v>
+        <v>316</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="1" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D66" s="1">
-        <v>2025</v>
+        <v>2010</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>12</v>
+        <v>114</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="1" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>318</v>
+        <v>68</v>
       </c>
       <c r="D67" s="1">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>319</v>
+        <v>12</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>320</v>
+        <v>43</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="1" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>324</v>
+        <v>19</v>
       </c>
       <c r="D68" s="1">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>325</v>
+        <v>88</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>100</v>
+        <v>63</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>56</v>
+        <v>235</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="D69" s="1">
-        <v>2002</v>
+        <v>2025</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>329</v>
+        <v>12</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="1" t="s">
         <v>331</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>332</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>77</v>
+        <v>333</v>
       </c>
       <c r="D70" s="1">
-        <v>2020</v>
+        <v>2002</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D71" s="1">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>340</v>
+        <v>56</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>343</v>
       </c>
       <c r="C72" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D72" s="1">
+        <v>2002</v>
+      </c>
+      <c r="E72" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="D72" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="F72" s="1" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>340</v>
+        <v>15</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="1" t="s">
         <v>346</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C73" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D73" s="1">
+        <v>2020</v>
+      </c>
+      <c r="E73" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="D73" s="1">
-[...2 lines deleted...]
-      <c r="E73" s="1" t="s">
+      <c r="F73" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H73" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="F73" s="1" t="s">
-[...5 lines deleted...]
-      <c r="H73" s="1" t="s">
+      <c r="I73" s="1" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B74" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="C74" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="C74" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" s="1">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>114</v>
+        <v>354</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>56</v>
+        <v>355</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>344</v>
+        <v>87</v>
       </c>
       <c r="D75" s="1">
-        <v>2007</v>
+        <v>2025</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>88</v>
+        <v>359</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>340</v>
+        <v>201</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="1" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="D76" s="1">
-        <v>2001</v>
+        <v>2009</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>361</v>
+        <v>340</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>43</v>
+        <v>355</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>104</v>
+        <v>367</v>
       </c>
       <c r="D77" s="1">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>56</v>
+        <v>369</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="1" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="D78" s="1">
-        <v>2026</v>
+        <v>2017</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>176</v>
+        <v>114</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>369</v>
+        <v>56</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="1" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>98</v>
+        <v>363</v>
       </c>
       <c r="D79" s="1">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>114</v>
+        <v>88</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>15</v>
+        <v>355</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="1" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>19</v>
+        <v>379</v>
       </c>
       <c r="D80" s="1">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>109</v>
+        <v>43</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="1" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="D81" s="1">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>340</v>
+        <v>56</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="1" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>47</v>
+        <v>98</v>
       </c>
       <c r="D82" s="1">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>28</v>
+        <v>180</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H82" s="1" t="s">
-        <v>94</v>
+        <v>388</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="1" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>284</v>
+        <v>392</v>
       </c>
       <c r="D83" s="1">
-        <v>1996</v>
+        <v>2025</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>388</v>
+        <v>37</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>392</v>
+        <v>98</v>
       </c>
       <c r="D84" s="1">
-        <v>2015</v>
+        <v>2001</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>393</v>
+        <v>114</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="1" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D85" s="1">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>99</v>
+        <v>400</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>15</v>
+        <v>109</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="1" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>175</v>
+        <v>77</v>
       </c>
       <c r="D86" s="1">
         <v>2010</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>12</v>
+        <v>234</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>94</v>
+        <v>355</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="1" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>403</v>
+        <v>47</v>
       </c>
       <c r="D87" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>270</v>
+        <v>28</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>79</v>
+        <v>94</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="1" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>77</v>
+        <v>300</v>
       </c>
       <c r="D88" s="1">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>94</v>
+        <v>411</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="1" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="D89" s="1">
-        <v>2023</v>
+        <v>2015</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>311</v>
+        <v>15</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="1" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>27</v>
+        <v>420</v>
       </c>
       <c r="D90" s="1">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>285</v>
+        <v>421</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="1" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>68</v>
+        <v>19</v>
       </c>
       <c r="D91" s="1">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>419</v>
+        <v>99</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>420</v>
+        <v>15</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="1" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>424</v>
+        <v>179</v>
       </c>
       <c r="D92" s="1">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>37</v>
+        <v>94</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="1" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>269</v>
+        <v>233</v>
       </c>
       <c r="D93" s="1">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>35</v>
+        <v>286</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="1" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="D94" s="1">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>285</v>
+        <v>434</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>301</v>
+        <v>94</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="1" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="D95" s="1">
         <v>2023</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>329</v>
+        <v>439</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>37</v>
+        <v>235</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="1" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>438</v>
+        <v>27</v>
       </c>
       <c r="D96" s="1">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>190</v>
+        <v>301</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>100</v>
+        <v>63</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>442</v>
+        <v>68</v>
       </c>
       <c r="D97" s="1">
-        <v>2024</v>
+        <v>2013</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>208</v>
+        <v>446</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>186</v>
+        <v>447</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="1" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>68</v>
+        <v>451</v>
       </c>
       <c r="D98" s="1">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="1" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>155</v>
+        <v>285</v>
       </c>
       <c r="D99" s="1">
-        <v>2001</v>
+        <v>2014</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>449</v>
+        <v>35</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="1" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>453</v>
+        <v>47</v>
       </c>
       <c r="D100" s="1">
         <v>2023</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>228</v>
+        <v>301</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>94</v>
+        <v>317</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>294</v>
+        <v>461</v>
       </c>
       <c r="D101" s="1">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>457</v>
+        <v>344</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>100</v>
+        <v>22</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="1" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>77</v>
+        <v>465</v>
       </c>
       <c r="D102" s="1">
-        <v>1995</v>
+        <v>2025</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>12</v>
+        <v>114</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>56</v>
+        <v>466</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="1" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>445</v>
+        <v>469</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="D103" s="1">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>114</v>
+        <v>200</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="1" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="D104" s="1">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>457</v>
+        <v>218</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>468</v>
+        <v>50</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>79</v>
+        <v>196</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="1" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="D105" s="1">
-        <v>2013</v>
+        <v>2025</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>42</v>
+        <v>480</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>37</v>
+        <v>235</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="1" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D106" s="1">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="1" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="D107" s="1">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="1" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>77</v>
+        <v>491</v>
       </c>
       <c r="D108" s="1">
-        <v>2011</v>
+        <v>2023</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>114</v>
+        <v>244</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>56</v>
+        <v>94</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>484</v>
+        <v>492</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="1" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>77</v>
+        <v>310</v>
       </c>
       <c r="D109" s="1">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>388</v>
+        <v>56</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="1" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>392</v>
+        <v>77</v>
       </c>
       <c r="D110" s="1">
-        <v>2007</v>
+        <v>1995</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>491</v>
+        <v>12</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>204</v>
+        <v>56</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="1" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>494</v>
+        <v>483</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>434</v>
+        <v>501</v>
       </c>
       <c r="D111" s="1">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>28</v>
+        <v>114</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H111" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="1" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="D112" s="1">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>63</v>
+        <v>506</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>500</v>
+        <v>79</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="1" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>338</v>
+        <v>510</v>
       </c>
       <c r="D113" s="1">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>407</v>
+        <v>511</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>340</v>
+        <v>37</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="1" t="s">
-        <v>505</v>
+        <v>513</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>507</v>
+        <v>34</v>
       </c>
       <c r="D114" s="1">
-        <v>2003</v>
+        <v>2025</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>12</v>
+        <v>515</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>204</v>
+        <v>181</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="1" t="s">
-        <v>509</v>
+        <v>517</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>510</v>
+        <v>518</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="D115" s="1">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>176</v>
+        <v>12</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>511</v>
+        <v>519</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="1" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>513</v>
+        <v>521</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>514</v>
+        <v>154</v>
       </c>
       <c r="D116" s="1">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>319</v>
+        <v>522</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>340</v>
+        <v>43</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>515</v>
+        <v>523</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="1" t="s">
-        <v>516</v>
+        <v>524</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>72</v>
+        <v>525</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>27</v>
+        <v>77</v>
       </c>
       <c r="D117" s="1">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>228</v>
+        <v>114</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>517</v>
+        <v>56</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>518</v>
+        <v>526</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" s="1" t="s">
-        <v>519</v>
+        <v>527</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>520</v>
+        <v>528</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>521</v>
+        <v>77</v>
       </c>
       <c r="D118" s="1">
-        <v>2023</v>
+        <v>2000</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>329</v>
+        <v>529</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>37</v>
+        <v>411</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>522</v>
+        <v>530</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" s="1" t="s">
-        <v>523</v>
+        <v>531</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>524</v>
+        <v>532</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>27</v>
+        <v>415</v>
       </c>
       <c r="D119" s="1">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>93</v>
+        <v>533</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>525</v>
+        <v>214</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" s="1" t="s">
-        <v>527</v>
+        <v>535</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>68</v>
+        <v>461</v>
       </c>
       <c r="D120" s="1">
-        <v>2001</v>
+        <v>2016</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>529</v>
+        <v>28</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>388</v>
+        <v>56</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="1" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>98</v>
+        <v>540</v>
       </c>
       <c r="D121" s="1">
-        <v>2026</v>
+        <v>2024</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>176</v>
+        <v>541</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>369</v>
+        <v>542</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="1" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>165</v>
+        <v>353</v>
       </c>
       <c r="D122" s="1">
-        <v>2014</v>
+        <v>2003</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>289</v>
+        <v>434</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>79</v>
+        <v>355</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>536</v>
+        <v>546</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="1" t="s">
-        <v>537</v>
+        <v>547</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>77</v>
+        <v>549</v>
       </c>
       <c r="D123" s="1">
-        <v>2023</v>
+        <v>2003</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>88</v>
+        <v>12</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>94</v>
+        <v>214</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>539</v>
+        <v>550</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" s="1" t="s">
-        <v>540</v>
+        <v>551</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>541</v>
+        <v>552</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>542</v>
+        <v>27</v>
       </c>
       <c r="D124" s="1">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>543</v>
+        <v>180</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>157</v>
+        <v>56</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="1" t="s">
-        <v>545</v>
+        <v>554</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>294</v>
+        <v>556</v>
       </c>
       <c r="D125" s="1">
-        <v>2022</v>
+        <v>1997</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>185</v>
+        <v>334</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>547</v>
+        <v>355</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>548</v>
+        <v>557</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="1" t="s">
-        <v>549</v>
+        <v>558</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>550</v>
+        <v>72</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>551</v>
+        <v>27</v>
       </c>
       <c r="D126" s="1">
-        <v>2023</v>
+        <v>2007</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>552</v>
+        <v>244</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" s="1" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>87</v>
+        <v>563</v>
       </c>
       <c r="D127" s="1">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>387</v>
+        <v>344</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>311</v>
+        <v>37</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" s="1" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>559</v>
+        <v>184</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>104</v>
+        <v>27</v>
       </c>
       <c r="D128" s="1">
         <v>2017</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>12</v>
+        <v>93</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>517</v>
+        <v>566</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" s="1" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>520</v>
+        <v>569</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>562</v>
+        <v>68</v>
       </c>
       <c r="D129" s="1">
-        <v>2017</v>
+        <v>2001</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>387</v>
+        <v>570</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H129" s="1" t="s">
-        <v>43</v>
+        <v>411</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>563</v>
+        <v>571</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" s="1" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="D130" s="1">
-        <v>2000</v>
+        <v>2026</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>12</v>
+        <v>180</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>94</v>
+        <v>388</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" s="1" t="s">
-        <v>567</v>
+        <v>575</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>568</v>
+        <v>576</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>569</v>
+        <v>169</v>
       </c>
       <c r="D131" s="1">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>570</v>
+        <v>305</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H131" s="1" t="s">
-        <v>204</v>
+        <v>79</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" s="1" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>392</v>
+        <v>77</v>
       </c>
       <c r="D132" s="1">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>574</v>
+        <v>88</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>79</v>
+        <v>94</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="1" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>507</v>
+        <v>583</v>
       </c>
       <c r="D133" s="1">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>12</v>
+        <v>584</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>204</v>
+        <v>161</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="1" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>581</v>
+        <v>310</v>
       </c>
       <c r="D134" s="1">
-        <v>2000</v>
+        <v>2022</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>35</v>
+        <v>195</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>79</v>
+        <v>588</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" s="1" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>98</v>
+        <v>592</v>
       </c>
       <c r="D135" s="1">
-        <v>2007</v>
+        <v>2023</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>12</v>
+        <v>593</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="H135" s="1" t="s">
-        <v>15</v>
+        <v>594</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="1" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="D136" s="1">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>12</v>
+        <v>410</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>56</v>
+        <v>235</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="1" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>98</v>
+        <v>19</v>
       </c>
       <c r="D137" s="1">
-        <v>2006</v>
+        <v>2025</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>114</v>
+        <v>601</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>517</v>
+        <v>94</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>591</v>
+        <v>602</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="1" t="s">
-        <v>592</v>
+        <v>603</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>593</v>
+        <v>604</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>216</v>
+        <v>104</v>
       </c>
       <c r="D138" s="1">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>37</v>
+        <v>559</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>594</v>
+        <v>605</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="1" t="s">
-        <v>595</v>
+        <v>606</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>596</v>
+        <v>562</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>212</v>
+        <v>607</v>
       </c>
       <c r="D139" s="1">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>597</v>
+        <v>410</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>553</v>
+        <v>43</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="1" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="D140" s="1">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>329</v>
+        <v>12</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="1" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>603</v>
+        <v>613</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>77</v>
+        <v>614</v>
       </c>
       <c r="D141" s="1">
-        <v>2019</v>
+        <v>2005</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>28</v>
+        <v>615</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>94</v>
+        <v>214</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>604</v>
+        <v>616</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="1" t="s">
-        <v>605</v>
+        <v>617</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>606</v>
+        <v>618</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>284</v>
+        <v>415</v>
       </c>
       <c r="D142" s="1">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>607</v>
+        <v>619</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>204</v>
+        <v>79</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>608</v>
+        <v>620</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" s="1" t="s">
-        <v>609</v>
+        <v>621</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>610</v>
+        <v>622</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>611</v>
+        <v>549</v>
       </c>
       <c r="D143" s="1">
-        <v>2009</v>
+        <v>2001</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>612</v>
+        <v>12</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>340</v>
+        <v>214</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>613</v>
+        <v>623</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" s="1" t="s">
-        <v>614</v>
+        <v>624</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>615</v>
+        <v>625</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
       <c r="D144" s="1">
-        <v>2023</v>
+        <v>2000</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>617</v>
+        <v>35</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H144" s="1" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>618</v>
+        <v>627</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" s="1" t="s">
-        <v>619</v>
+        <v>628</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>160</v>
+        <v>629</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>161</v>
+        <v>98</v>
       </c>
       <c r="D145" s="1">
-        <v>2024</v>
+        <v>2007</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" s="1" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>169</v>
+        <v>77</v>
       </c>
       <c r="D146" s="1">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>623</v>
+        <v>12</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="H146" s="1" t="s">
-        <v>624</v>
+        <v>56</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="1" t="s">
-        <v>626</v>
+        <v>634</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>627</v>
+        <v>635</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="D147" s="1">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>28</v>
+        <v>114</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H147" s="1" t="s">
-        <v>15</v>
+        <v>559</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="1" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>68</v>
+        <v>226</v>
       </c>
       <c r="D148" s="1">
-        <v>2004</v>
+        <v>2024</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>473</v>
+        <v>28</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="1" t="s">
-        <v>632</v>
+        <v>640</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>633</v>
+        <v>641</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>27</v>
+        <v>222</v>
       </c>
       <c r="D149" s="1">
-        <v>2007</v>
+        <v>2024</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>228</v>
+        <v>642</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>157</v>
+        <v>594</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="1" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>155</v>
+        <v>41</v>
       </c>
       <c r="D150" s="1">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>637</v>
+        <v>344</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="H150" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>638</v>
+        <v>646</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="1" t="s">
-        <v>639</v>
+        <v>647</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>641</v>
+        <v>77</v>
       </c>
       <c r="D151" s="1">
         <v>2019</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>285</v>
+        <v>28</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>301</v>
+        <v>94</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="1" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>645</v>
+        <v>300</v>
       </c>
       <c r="D152" s="1">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>388</v>
+        <v>214</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="1" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>34</v>
+        <v>656</v>
       </c>
       <c r="D153" s="1">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>56</v>
+        <v>355</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="1" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="D154" s="1">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>12</v>
+        <v>662</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>655</v>
+        <v>663</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" s="1" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>657</v>
+        <v>164</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>104</v>
+        <v>165</v>
       </c>
       <c r="D155" s="1">
-        <v>1999</v>
+        <v>2024</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>319</v>
+        <v>28</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H155" s="1" t="s">
         <v>94</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" s="1" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>654</v>
+        <v>173</v>
       </c>
       <c r="D156" s="1">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>176</v>
+        <v>668</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>56</v>
+        <v>669</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>661</v>
+        <v>670</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" s="1" t="s">
-        <v>662</v>
+        <v>671</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>663</v>
+        <v>672</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>664</v>
+        <v>122</v>
       </c>
       <c r="D157" s="1">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>665</v>
+        <v>28</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>191</v>
+        <v>15</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" s="1" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="D158" s="1">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>669</v>
+        <v>511</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="H158" s="1" t="s">
-        <v>670</v>
+        <v>15</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" s="1" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D159" s="1">
-        <v>2023</v>
+        <v>2007</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>646</v>
+        <v>244</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="H159" s="1" t="s">
-        <v>94</v>
+        <v>161</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" s="1" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>19</v>
+        <v>159</v>
       </c>
       <c r="D160" s="1">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H160" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" s="1" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>34</v>
+        <v>686</v>
       </c>
       <c r="D161" s="1">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>185</v>
+        <v>301</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H161" s="1" t="s">
-        <v>681</v>
+        <v>317</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" s="1" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>463</v>
+        <v>690</v>
       </c>
       <c r="D162" s="1">
-        <v>2019</v>
+        <v>2004</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>12</v>
+        <v>691</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="H162" s="1" t="s">
-        <v>15</v>
+        <v>411</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" s="1" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>453</v>
+        <v>34</v>
       </c>
       <c r="D163" s="1">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>12</v>
+        <v>695</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H163" s="1" t="s">
-        <v>94</v>
+        <v>56</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" s="1" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>98</v>
+        <v>699</v>
       </c>
       <c r="D164" s="1">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>480</v>
+        <v>12</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="H164" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="1" t="s">
-        <v>692</v>
+        <v>701</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>694</v>
+        <v>104</v>
       </c>
       <c r="D165" s="1">
-        <v>2022</v>
+        <v>1999</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>380</v>
+        <v>334</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="H165" s="1" t="s">
-        <v>43</v>
+        <v>94</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="1" t="s">
-        <v>696</v>
+        <v>704</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>77</v>
+        <v>699</v>
       </c>
       <c r="D166" s="1">
-        <v>1997</v>
+        <v>2020</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>698</v>
+        <v>180</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>388</v>
+        <v>56</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" s="1" t="s">
-        <v>700</v>
+        <v>707</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>701</v>
+        <v>708</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="D167" s="1">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>380</v>
+        <v>710</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>56</v>
+        <v>201</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>703</v>
+        <v>711</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" s="1" t="s">
-        <v>704</v>
+        <v>712</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>705</v>
+        <v>713</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="D168" s="1">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>698</v>
+        <v>714</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>79</v>
+        <v>715</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" s="1" t="s">
-        <v>707</v>
+        <v>717</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>708</v>
+        <v>718</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D169" s="1">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>480</v>
+        <v>691</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>468</v>
+        <v>63</v>
       </c>
       <c r="H169" s="1" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" s="1" t="s">
-        <v>710</v>
+        <v>720</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D170" s="1">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>597</v>
+        <v>515</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>186</v>
+        <v>15</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>712</v>
+        <v>722</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" s="1" t="s">
-        <v>713</v>
+        <v>723</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>714</v>
+        <v>724</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>294</v>
+        <v>34</v>
       </c>
       <c r="D171" s="1">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>35</v>
+        <v>195</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H171" s="1" t="s">
-        <v>37</v>
+        <v>725</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>715</v>
+        <v>726</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" s="1" t="s">
-        <v>716</v>
+        <v>727</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>717</v>
+        <v>728</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>68</v>
+        <v>501</v>
       </c>
       <c r="D172" s="1">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H172" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>718</v>
+        <v>729</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" s="1" t="s">
-        <v>719</v>
+        <v>730</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>720</v>
+        <v>731</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>34</v>
+        <v>491</v>
       </c>
       <c r="D173" s="1">
-        <v>2005</v>
+        <v>2022</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>721</v>
+        <v>12</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>37</v>
+        <v>94</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>722</v>
+        <v>732</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" s="1" t="s">
-        <v>723</v>
+        <v>733</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>724</v>
+        <v>734</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>725</v>
+        <v>98</v>
       </c>
       <c r="D174" s="1">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>28</v>
+        <v>522</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>525</v>
+        <v>56</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" s="1" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>728</v>
+        <v>737</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>77</v>
+        <v>392</v>
       </c>
       <c r="D175" s="1">
-        <v>2008</v>
+        <v>2022</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>729</v>
+        <v>234</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>320</v>
+        <v>43</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="1" t="s">
-        <v>731</v>
+        <v>739</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="D176" s="1">
-        <v>2024</v>
+        <v>1997</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>244</v>
+        <v>741</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="H176" s="1" t="s">
-        <v>56</v>
+        <v>411</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="1" t="s">
-        <v>734</v>
+        <v>743</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>735</v>
+        <v>744</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
       <c r="D177" s="1">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>151</v>
+        <v>234</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>737</v>
+        <v>746</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" s="1" t="s">
-        <v>738</v>
+        <v>747</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>739</v>
+        <v>748</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="D178" s="1">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>12</v>
+        <v>741</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>740</v>
+        <v>749</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="1" t="s">
-        <v>741</v>
+        <v>750</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>742</v>
+        <v>751</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>743</v>
+        <v>19</v>
       </c>
       <c r="D179" s="1">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>35</v>
+        <v>522</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>14</v>
+        <v>506</v>
       </c>
       <c r="H179" s="1" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="1" t="s">
-        <v>745</v>
+        <v>753</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>746</v>
+        <v>754</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="D180" s="1">
         <v>2010</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>747</v>
+        <v>642</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>79</v>
+        <v>196</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>748</v>
+        <v>755</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" s="1" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>750</v>
+        <v>757</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>751</v>
+        <v>310</v>
       </c>
       <c r="D181" s="1">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>146</v>
+        <v>35</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="H181" s="1" t="s">
-        <v>204</v>
+        <v>37</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" s="1" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>168</v>
+        <v>760</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>169</v>
+        <v>68</v>
       </c>
       <c r="D182" s="1">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>754</v>
+        <v>35</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>191</v>
+        <v>15</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>755</v>
+        <v>761</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="1" t="s">
-        <v>756</v>
+        <v>762</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>757</v>
+        <v>763</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="D183" s="1">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>35</v>
+        <v>764</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H183" s="1" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="1" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>392</v>
+        <v>768</v>
       </c>
       <c r="D184" s="1">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>393</v>
+        <v>28</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>37</v>
+        <v>566</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>761</v>
+        <v>769</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="1" t="s">
-        <v>762</v>
+        <v>770</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>763</v>
+        <v>771</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>764</v>
+        <v>77</v>
       </c>
       <c r="D185" s="1">
         <v>2008</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>646</v>
+        <v>772</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="H185" s="1" t="s">
-        <v>56</v>
+        <v>335</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>765</v>
+        <v>773</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="1" t="s">
-        <v>766</v>
+        <v>774</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>767</v>
+        <v>775</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D186" s="1">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>285</v>
+        <v>260</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H186" s="1" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" s="1" t="s">
-        <v>769</v>
+        <v>777</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>770</v>
+        <v>778</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>77</v>
+        <v>779</v>
       </c>
       <c r="D187" s="1">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>771</v>
+        <v>155</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H187" s="1" t="s">
-        <v>204</v>
+        <v>43</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>772</v>
+        <v>780</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" s="1" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>774</v>
+        <v>782</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="D188" s="1">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>775</v>
+        <v>12</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H188" s="1" t="s">
         <v>56</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="1" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>779</v>
+        <v>19</v>
       </c>
       <c r="D189" s="1">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="1" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>403</v>
+        <v>41</v>
       </c>
       <c r="D190" s="1">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>617</v>
+        <v>186</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>783</v>
+        <v>789</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="1" t="s">
-        <v>784</v>
+        <v>790</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>27</v>
+        <v>792</v>
       </c>
       <c r="D191" s="1">
-        <v>2022</v>
+        <v>2008</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>61</v>
+        <v>146</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>43</v>
+        <v>214</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" s="1" t="s">
-        <v>787</v>
+        <v>794</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>788</v>
+        <v>172</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>789</v>
+        <v>173</v>
       </c>
       <c r="D192" s="1">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>35</v>
+        <v>393</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>94</v>
+        <v>201</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" s="1" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>793</v>
+        <v>77</v>
       </c>
       <c r="D193" s="1">
-        <v>2020</v>
+        <v>2007</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>270</v>
+        <v>35</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" s="1" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>797</v>
+        <v>415</v>
       </c>
       <c r="D194" s="1">
         <v>2023</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>798</v>
+        <v>416</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="H194" s="1" t="s">
-        <v>171</v>
+        <v>37</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" s="1" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>87</v>
+        <v>804</v>
       </c>
       <c r="D195" s="1">
         <v>2008</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>35</v>
+        <v>691</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>109</v>
+        <v>56</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" s="1" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>507</v>
+        <v>27</v>
       </c>
       <c r="D196" s="1">
-        <v>2004</v>
+        <v>2017</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>28</v>
+        <v>301</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" s="1" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>392</v>
+        <v>77</v>
       </c>
       <c r="D197" s="1">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>37</v>
+        <v>214</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" s="1" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>812</v>
+        <v>104</v>
       </c>
       <c r="D198" s="1">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>48</v>
+        <v>815</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>204</v>
+        <v>56</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" s="1" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>47</v>
+        <v>819</v>
       </c>
       <c r="D199" s="1">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>339</v>
+        <v>35</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>468</v>
+        <v>14</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>301</v>
+        <v>15</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" s="1" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>104</v>
+        <v>233</v>
       </c>
       <c r="D200" s="1">
-        <v>2004</v>
+        <v>2014</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>319</v>
+        <v>662</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="H200" s="1" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" s="1" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>77</v>
+        <v>826</v>
       </c>
       <c r="D201" s="1">
-        <v>2005</v>
+        <v>2025</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>118</v>
+        <v>218</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H201" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" s="1" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>424</v>
+        <v>27</v>
       </c>
       <c r="D202" s="1">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>12</v>
+        <v>61</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H202" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" s="1" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="D203" s="1">
-        <v>2011</v>
+        <v>2024</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>829</v>
+        <v>94</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>410</v>
+        <v>836</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
       <c r="D204" s="1">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>833</v>
+        <v>286</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H204" s="1" t="s">
-        <v>525</v>
+        <v>15</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" s="1" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>104</v>
+        <v>709</v>
       </c>
       <c r="D205" s="1">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>12</v>
+        <v>841</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>56</v>
+        <v>201</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" s="1" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>839</v>
+        <v>844</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>150</v>
+        <v>845</v>
       </c>
       <c r="D206" s="1">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>543</v>
+        <v>846</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>79</v>
+        <v>175</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" s="1" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="D207" s="1">
-        <v>2023</v>
+        <v>2008</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>843</v>
+        <v>35</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>37</v>
+        <v>109</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="1" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>521</v>
+        <v>549</v>
       </c>
       <c r="D208" s="1">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>170</v>
+        <v>28</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="H208" s="1" t="s">
-        <v>847</v>
+        <v>64</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="1" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>19</v>
+        <v>415</v>
       </c>
       <c r="D209" s="1">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>94</v>
+        <v>37</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" s="1" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="D210" s="1">
-        <v>2022</v>
+        <v>2002</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>499</v>
+        <v>48</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>56</v>
+        <v>214</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="1" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>155</v>
+        <v>47</v>
       </c>
       <c r="D211" s="1">
-        <v>2009</v>
+        <v>2024</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>156</v>
+        <v>354</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>14</v>
+        <v>506</v>
       </c>
       <c r="H211" s="1" t="s">
-        <v>157</v>
+        <v>317</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="1" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="D212" s="1">
-        <v>2022</v>
+        <v>2004</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>88</v>
+        <v>334</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>862</v>
+        <v>51</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" s="1" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>866</v>
+        <v>77</v>
       </c>
       <c r="D213" s="1">
-        <v>2018</v>
+        <v>2005</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>28</v>
+        <v>118</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>94</v>
+        <v>37</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" s="1" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>77</v>
+        <v>451</v>
       </c>
       <c r="D214" s="1">
-        <v>2003</v>
+        <v>2014</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>319</v>
+        <v>12</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" s="1" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>19</v>
+        <v>876</v>
       </c>
       <c r="D215" s="1">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>873</v>
+        <v>28</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>37</v>
+        <v>877</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" s="1" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>876</v>
+        <v>437</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>104</v>
+        <v>880</v>
       </c>
       <c r="D216" s="1">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>407</v>
+        <v>881</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>15</v>
+        <v>566</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" s="1" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>27</v>
+        <v>104</v>
       </c>
       <c r="D217" s="1">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H217" s="1" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" s="1" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>521</v>
+        <v>154</v>
       </c>
       <c r="D218" s="1">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>270</v>
+        <v>584</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H218" s="1" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" s="1" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>104</v>
+        <v>27</v>
       </c>
       <c r="D219" s="1">
-        <v>1996</v>
+        <v>2023</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>176</v>
+        <v>891</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H219" s="1" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" s="1" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>47</v>
+        <v>563</v>
       </c>
       <c r="D220" s="1">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>285</v>
+        <v>174</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="H220" s="1" t="s">
-        <v>51</v>
+        <v>895</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" s="1" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>392</v>
+        <v>19</v>
       </c>
       <c r="D221" s="1">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>28</v>
+        <v>899</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>177</v>
+        <v>94</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>892</v>
+        <v>900</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" s="1" t="s">
-        <v>893</v>
+        <v>901</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>751</v>
+        <v>903</v>
       </c>
       <c r="D222" s="1">
-        <v>2007</v>
+        <v>2022</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>289</v>
+        <v>541</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>895</v>
+        <v>56</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>896</v>
+        <v>904</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" s="1" t="s">
-        <v>897</v>
+        <v>905</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>898</v>
+        <v>906</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>899</v>
+        <v>159</v>
       </c>
       <c r="D223" s="1">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>12</v>
+        <v>160</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>37</v>
+        <v>161</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" s="1" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>87</v>
+        <v>592</v>
       </c>
       <c r="D224" s="1">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>35</v>
+        <v>344</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>311</v>
+        <v>94</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>903</v>
+        <v>910</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" s="1" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>905</v>
+        <v>912</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>906</v>
+        <v>87</v>
       </c>
       <c r="D225" s="1">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>100</v>
+        <v>63</v>
       </c>
       <c r="H225" s="1" t="s">
-        <v>15</v>
+        <v>913</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" s="1" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>909</v>
+        <v>916</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>812</v>
+        <v>917</v>
       </c>
       <c r="D226" s="1">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>114</v>
+        <v>28</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>204</v>
+        <v>94</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" s="1" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>104</v>
+        <v>19</v>
       </c>
       <c r="D227" s="1">
-        <v>1997</v>
+        <v>2025</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>35</v>
+        <v>601</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>56</v>
+        <v>94</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" s="1" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>155</v>
+        <v>77</v>
       </c>
       <c r="D228" s="1">
-        <v>2019</v>
+        <v>2003</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>132</v>
+        <v>334</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" s="1" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>918</v>
+        <v>926</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>919</v>
+        <v>19</v>
       </c>
       <c r="D229" s="1">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>407</v>
+        <v>927</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H229" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>920</v>
+        <v>928</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>923</v>
+        <v>104</v>
       </c>
       <c r="D230" s="1">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>208</v>
+        <v>434</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="H230" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" s="1" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>926</v>
+        <v>933</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>927</v>
+        <v>27</v>
       </c>
       <c r="D231" s="1">
         <v>2022</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>754</v>
+        <v>28</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>186</v>
+        <v>37</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" s="1" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>77</v>
+        <v>563</v>
       </c>
       <c r="D232" s="1">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>365</v>
+        <v>286</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>311</v>
+        <v>37</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" s="1" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="D233" s="1">
-        <v>2011</v>
+        <v>1996</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" s="1" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>937</v>
+        <v>47</v>
       </c>
       <c r="D234" s="1">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>319</v>
+        <v>301</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" s="1" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>941</v>
+        <v>415</v>
       </c>
       <c r="D235" s="1">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>942</v>
+        <v>28</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>56</v>
+        <v>181</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" s="1" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>47</v>
+        <v>792</v>
       </c>
       <c r="D236" s="1">
-        <v>2022</v>
+        <v>2007</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>88</v>
+        <v>305</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>301</v>
+        <v>949</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" s="1" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="D237" s="1">
+        <v>2007</v>
+      </c>
+      <c r="E237" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H237" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I237" s="1" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="238" spans="1:9">
+      <c r="A238" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D238" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E238" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H238" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="I238" s="1" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="239" spans="1:9">
+      <c r="A239" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="D239" s="1">
+        <v>2012</v>
+      </c>
+      <c r="E239" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I239" s="1" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="240" spans="1:9">
+      <c r="A240" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="D240" s="1">
+        <v>2007</v>
+      </c>
+      <c r="E240" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H240" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="I240" s="1" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="241" spans="1:9">
+      <c r="A241" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D241" s="1">
+        <v>1997</v>
+      </c>
+      <c r="E241" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H241" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I241" s="1" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="242" spans="1:9">
+      <c r="A242" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D242" s="1">
+        <v>2019</v>
+      </c>
+      <c r="E242" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I242" s="1" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="243" spans="1:9">
+      <c r="A243" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="D243" s="1">
+        <v>2018</v>
+      </c>
+      <c r="E243" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H243" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="I243" s="1" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="244" spans="1:9">
+      <c r="A244" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="D244" s="1">
+        <v>2010</v>
+      </c>
+      <c r="E244" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I244" s="1" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="245" spans="1:9">
+      <c r="A245" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D245" s="1">
+        <v>2022</v>
+      </c>
+      <c r="E245" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H245" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="I245" s="1" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="246" spans="1:9">
+      <c r="A246" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D246" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E246" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H246" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="I246" s="1" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="247" spans="1:9">
+      <c r="A247" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D247" s="1">
+        <v>2011</v>
+      </c>
+      <c r="E247" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="F247" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H247" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="I247" s="1" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="248" spans="1:9">
+      <c r="A248" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="D248" s="1">
+        <v>2013</v>
+      </c>
+      <c r="E248" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="F248" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H248" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="I248" s="1" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="249" spans="1:9">
+      <c r="A249" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="D249" s="1">
+        <v>2021</v>
+      </c>
+      <c r="E249" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="F249" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H249" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I249" s="1" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="250" spans="1:9">
+      <c r="A250" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D250" s="1">
+        <v>2022</v>
+      </c>
+      <c r="E250" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F250" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H250" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="I250" s="1" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="251" spans="1:9">
+      <c r="A251" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D251" s="1">
         <v>2023</v>
       </c>
-      <c r="E237" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F237" s="1" t="s">
+      <c r="E251" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F251" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="G237" s="1" t="s">
+      <c r="G251" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="H237" s="1" t="s">
+      <c r="H251" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="I237" s="1" t="s">
-[...12 lines deleted...]
-      <c r="I238" s="1"/>
+      <c r="I251" s="1" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="252" spans="1:9">
+      <c r="A252" s="1"/>
+      <c r="B252" s="1"/>
+      <c r="C252" s="1"/>
+      <c r="D252" s="1"/>
+      <c r="E252" s="1"/>
+      <c r="F252" s="1"/>
+      <c r="G252" s="1"/>
+      <c r="H252" s="1"/>
+      <c r="I252" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>